--- v0 (2025-10-16)
+++ v1 (2025-12-13)
@@ -1,2459 +1,4537 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="17018174" w14:textId="77777777" w:rsidR="00AC47E3" w:rsidRPr="00AC47E3" w:rsidRDefault="00AC47E3" w:rsidP="009B24B5">
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    <w:p w14:paraId="2DA0B186" w14:textId="74A7D5CD" w:rsidR="00AC47E3" w:rsidRPr="005C0061" w:rsidRDefault="00261C6A" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIArticletitle-Ttulodelartculo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0061">
+        <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>ENGLISH TEMPLATE</w:t>
+        <w:t>Plantilla Revista Base Diseño e Innovación (BDI)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3D676F" w14:textId="3B0702C1" w:rsidR="00C246C5" w:rsidRDefault="00FA0033" w:rsidP="009B24B5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Articletitle"/>
+    <w:p w14:paraId="113144EB" w14:textId="13857965" w:rsidR="00AC47E3" w:rsidRPr="00AE2212" w:rsidRDefault="00AC47E3" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIArticletitle-Ttulodelartculo"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C0061">
+        <w:t>Título del artículo (máximo 10 palabras)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="00AE2212">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Estilo BDI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="00AE2212">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="00AE2212">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="00AE2212">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="00AE2212">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Título del artículo]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D0A7A1" w14:textId="052AE4B1" w:rsidR="005C0061" w:rsidRPr="00320530" w:rsidRDefault="00AC47E3" w:rsidP="00320530">
+      <w:pPr>
+        <w:pStyle w:val="BDIAbstract-Resumen"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00320530">
+        <w:t xml:space="preserve">Escriba o pegue su resumen aquí (máximo 200 palabras). </w:t>
+      </w:r>
+      <w:r w:rsidR="009964B3" w:rsidRPr="00320530">
+        <w:t xml:space="preserve">El resumen se escribe con interlineado 1,5, en fuente Times New Roman tamaño 11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320530">
+        <w:t>En un solo párrafo proporcione un resumen del estudio que incluya el problema, la pregunta de investigación, los participantes, los elementos clave de la metodología, los resultados, las conclusiones y sus implicaciones o aplicaciones.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C26AB" w:rsidRPr="00320530">
+        <w:t xml:space="preserve"> No se deben incluir referencias en el resumen. </w:t>
+      </w:r>
+      <w:r w:rsidR="33875375" w:rsidRPr="00320530">
+        <w:t>Después del resumen incluya</w:t>
+      </w:r>
+      <w:r w:rsidR="639357F5" w:rsidRPr="00320530">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2CBB1A03" w:rsidRPr="00320530">
+        <w:t>hasta cinco</w:t>
+      </w:r>
+      <w:r w:rsidR="004C26AB" w:rsidRPr="00320530">
+        <w:t xml:space="preserve"> palabras clave separadas por coma. Utilice minúsculas excepto en nombres propios. </w:t>
+      </w:r>
+      <w:r w:rsidR="03DD2019" w:rsidRPr="00320530">
+        <w:t>No utilice punto después de la última palabra</w:t>
+      </w:r>
+      <w:r w:rsidR="51F50623" w:rsidRPr="00320530">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0AD5" w:rsidRPr="00320530">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0AD5" w:rsidRPr="00C518FF">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1594">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0AD5" w:rsidRPr="00C518FF">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>stilo BDI Abstract – Resumen]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3402B332" w14:textId="1E0FB1EB" w:rsidR="00AC47E3" w:rsidRPr="00C518FF" w:rsidRDefault="227961C2" w:rsidP="00C518FF">
+      <w:pPr>
+        <w:pStyle w:val="BDIKeywords-Palabrasclave"/>
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320530">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00320530">
+        <w:t>alabras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320530">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6076DFE7" w:rsidRPr="00320530">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320530">
+        <w:t>lave</w:t>
+      </w:r>
+      <w:r w:rsidR="37260638" w:rsidRPr="00320530">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00320530">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2154F10E" w:rsidRPr="00320530">
+        <w:t>primera palabra, segunda palabra, tercera palabra</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0AD5" w:rsidRPr="00320530">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0AD5" w:rsidRPr="00C518FF">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="006C1594">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0AD5" w:rsidRPr="00C518FF">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>stilo BDI Keywords – Palabras clave]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53DB833A" w14:textId="77777777" w:rsidR="00766C07" w:rsidRDefault="00766C07" w:rsidP="005C0061">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:kern w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00802AAC">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66A14261" w14:textId="1C6F2065" w:rsidR="00AC47E3" w:rsidRPr="008F5736" w:rsidRDefault="006C1594" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5736">
+        <w:lastRenderedPageBreak/>
+        <w:t>Formato, estilo y niveles de encabezados</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="008F5736">
+        <w:t>Subtítulo 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B4EC3" w:rsidRPr="001B4EC3">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="001B4EC3">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>stilo</w:t>
+      </w:r>
+      <w:r w:rsidR="001B4EC3" w:rsidRPr="001B4EC3">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BDI Heading 1 – Título 1]</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="001B4EC3">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="153EA6A0" w14:textId="4CEF7474" w:rsidR="00115A1F" w:rsidRPr="00DD4289" w:rsidRDefault="00766C07" w:rsidP="0021194C">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB72BA">
+        <w:t xml:space="preserve">Un aspecto esencial en el trabajo de </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0F5F" w:rsidRPr="00AB72BA">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB72BA">
+        <w:t xml:space="preserve">evista Base Diseño e Innovación es garantizar una alta calidad técnica en los artículos publicados. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="00AB72BA">
+        <w:t>El archivo del manuscrito debe estar lo más completo posible. Esto significa que figuras, tablas, posibles notas finales y la lista de referencias deben estar incluidas y correctamente formateadas.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB72BA">
+        <w:t>Por ello, se invita a los autores a seguir esta plantilla de manera rigurosa. El primer párrafo después de un encabezado no debe llevar sangría</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="00DD4289">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="00DD4289">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>stilo BDI First paraghraph – Primer párrafo]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB72BA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4B47B6" w14:textId="77777777" w:rsidR="0021194C" w:rsidRPr="0021194C" w:rsidRDefault="0021194C" w:rsidP="0021194C">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ED6F19F" w14:textId="77B2EAE5" w:rsidR="001943A2" w:rsidRPr="00AE2212" w:rsidRDefault="006C1594" w:rsidP="00AA1D02">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA1D02">
+        <w:t xml:space="preserve">Uso de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE2212">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>comillas</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="00AE2212">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subtítulo </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235">
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C1594">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C1594">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>stilo BDI Heading 2 – Título 2]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D32BB8" w14:textId="39D7C01E" w:rsidR="00690C94" w:rsidRPr="00AE2212" w:rsidRDefault="00690C94" w:rsidP="00690C94">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>T</w:t>
-[...2 lines deleted...]
-        <w:t>itle</w:t>
+        <w:t>Existen diferentes estilos de comillas según su forma: curvas (“ ”), rectas (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC0F37">
+        <w:t>" "</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> of the article (</w:t>
-[...2 lines deleted...]
-        <w:t>up to 10 words</w:t>
+        <w:t xml:space="preserve">) y angulares </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00794A60">
+        <w:t>(« »)</w:t>
       </w:r>
       <w:r>
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">. Todas ellas pueden usarse en variantes simples (‘ ’) o dobles (“ ”). En su manuscrito para reviste Base, solo use comillas curvas. Para citas de menos de </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235">
+        <w:t>40 palabras</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, títulos de artículos y para enfatizar palabras, use comillas curvas dobles (“ ”). Para citas dentro de una cita entre comillas dobles, use comillas simples curvas (Tabla 1).</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="00DD4289">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="00DD4289">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>stilo BDI First paraghraph – Primer párrafo]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71B5F912" w14:textId="77777777" w:rsidR="00266354" w:rsidRDefault="00997B0F" w:rsidP="00E01BAA">
-[...21 lines deleted...]
-      <w:r w:rsidR="00E759E2">
+    <w:p w14:paraId="13D28AA7" w14:textId="77777777" w:rsidR="00690C94" w:rsidRDefault="00690C94" w:rsidP="00690C94">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F1654A4" w14:textId="186486AD" w:rsidR="00690C94" w:rsidRPr="00690C94" w:rsidRDefault="00690C94" w:rsidP="0060446D">
+      <w:pPr>
+        <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tabla 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92A4B">
+        <w:t>Uso de comillas de revista Base, estilo BDI.</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="0060446D">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008568D7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FE764C">
+      <w:r w:rsidR="0060446D" w:rsidRPr="00AA1D02">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Utilice el estilo BDI </w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>Table Title – Título de tabla</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="00AA1D02">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablanormal2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="3828"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00690C94" w:rsidRPr="006C1594" w14:paraId="40F62715" w14:textId="0EE89F9F" w:rsidTr="005248E3">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7B337F" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>Estilo / Nombre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37736E5F" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>Símbolos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="625E072E" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>Ejemplo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D404D9D" w14:textId="1C134164" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="0005410B" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uso </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005410B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>[Estilo BDI Table – Tabla]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690C94" w:rsidRPr="006C1594" w14:paraId="4D3D5B18" w14:textId="76EE3202" w:rsidTr="005248E3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E462B5E" w14:textId="33EC8235" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>Doble Inglesas curvas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FA8DB7" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>“ ”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1B73C8" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>“Texto citado”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B017CDA" w14:textId="6C6AA32D" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>Citas textuales de menos de 40 palabras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B92A4B" w:rsidRPr="006C1594" w14:paraId="762C706B" w14:textId="77777777" w:rsidTr="005248E3">
+        <w:trPr>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="175D2581" w14:textId="77777777" w:rsidR="00B92A4B" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t xml:space="preserve">Simples curvas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B749044" w14:textId="77777777" w:rsidR="00B92A4B" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>‘ ’</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71CF68B3" w14:textId="77777777" w:rsidR="00B92A4B" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>‘Texto citado’</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF09FBA" w14:textId="3A5E5A08" w:rsidR="00B92A4B" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006C1594">
+              <w:t>Cita dentro de una cita textual entre comillas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B92A4B" w:rsidRPr="006C1594" w14:paraId="530DE6F9" w14:textId="731F6FEA" w:rsidTr="005248E3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DC88FA" w14:textId="1EF8FEA9" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t xml:space="preserve">Inglesas rectas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="387FAFD2" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>" "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1588CC54" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>"Texto citado"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1815511B" w14:textId="7125CCC5" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>No usar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B92A4B" w:rsidRPr="006C1594" w14:paraId="291B9291" w14:textId="04D53E45" w:rsidTr="005248E3">
+        <w:trPr>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5762CA21" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>Latinas o españolas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F12E81" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>« »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5691CE86" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>«Texto citado»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C29F28" w14:textId="3AE28517" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>No usar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B92A4B" w:rsidRPr="006C1594" w14:paraId="61A2CB1C" w14:textId="1398BDDC" w:rsidTr="005248E3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="535"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656C8A2D" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>Simples rectas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFDBED6" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>' '</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="148ECD18" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>'Texto citado'</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B84A35" w14:textId="1F189481" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>No usar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="483100E0" w14:textId="77777777" w:rsidR="00D66E4B" w:rsidRDefault="00D66E4B" w:rsidP="00CA2698">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0176F963" w14:textId="016AC035" w:rsidR="00CA2698" w:rsidRPr="00AE2212" w:rsidRDefault="00CA2698" w:rsidP="00CA2698">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Guiones</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="00AE2212">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subtítulo </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="006C1594">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="006C1594">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>stilo BDI Heading 2 – Título 2]</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D21092B" w14:textId="77777777" w:rsidR="0020415E" w:rsidRPr="0020415E" w:rsidRDefault="00997B0F" w:rsidP="00F30DFF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Keywords"/>
+    <w:p w14:paraId="1192D995" w14:textId="607649ED" w:rsidR="00F85D17" w:rsidRDefault="00F85D17" w:rsidP="00F85D17">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85D17">
+        <w:t>En el estilo APA 7, el uso correcto de los distintos tipos de guiones es fundamental para garantizar claridad y precisión en la escritura académica. Cada variante (guion corto, medio y largo) cumple funciones específicas que deben respetarse para mantener la coherencia formal en los textos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5BC5AD" w14:textId="77777777" w:rsidR="0005410B" w:rsidRDefault="0005410B" w:rsidP="0005410B">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="666AF277" w14:textId="080BACBE" w:rsidR="0005410B" w:rsidRPr="0005410B" w:rsidRDefault="0005410B" w:rsidP="0005410B">
+      <w:pPr>
+        <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Keywords: </w:t>
-[...5 lines deleted...]
-        <w:t>word; another word; lower case except names</w:t>
+        <w:t xml:space="preserve">Tabla </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Uso de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>guiones</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> de revista Base</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060446D">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1D02">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Utilice el estilo BDI </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>Table Title – Título de tabla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1D02">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2769AA89" w14:textId="77777777" w:rsidR="00997B0F" w:rsidRDefault="00DF5B84" w:rsidP="00106DAF">
-[...1 lines deleted...]
-        <w:pStyle w:val="Ttulo1"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablanormal2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3314"/>
+        <w:gridCol w:w="3314"/>
+        <w:gridCol w:w="3314"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0062437B" w:rsidRPr="0005410B" w14:paraId="68AED966" w14:textId="77777777" w:rsidTr="0005410B">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D67271B" w14:textId="48C5449D" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t xml:space="preserve">Tipo de </w:t>
+            </w:r>
+            <w:r w:rsidR="00F85D17" w:rsidRPr="0005410B">
+              <w:t>guion</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="095418BE" w14:textId="208E7AEC" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>Usos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A45F402" w14:textId="77777777" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>Ejemplo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062437B" w:rsidRPr="0005410B" w14:paraId="40DAE957" w14:textId="77777777" w:rsidTr="0005410B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="610"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D714D2" w14:textId="489B0323" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="00F85D17" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>Guion</w:t>
+            </w:r>
+            <w:r w:rsidR="0062437B" w:rsidRPr="0005410B">
+              <w:t xml:space="preserve"> corto (-)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54466BF1" w14:textId="47D700DB" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>• Palabras compuestas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005410B">
+              <w:br/>
+              <w:t>• Prefijos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005410B">
+              <w:br/>
+              <w:t>• No lleva espacios antes ni después</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="701835A7" w14:textId="77777777" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>Teoría-práctica</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA7EA79" w14:textId="627475CA" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>ex-alumno</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062437B" w:rsidRPr="0005410B" w14:paraId="5D34EA82" w14:textId="77777777" w:rsidTr="0005410B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="631"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29369017" w14:textId="0F731EAE" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="00F85D17" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>Guion</w:t>
+            </w:r>
+            <w:r w:rsidR="0062437B" w:rsidRPr="0005410B">
+              <w:t xml:space="preserve"> largo o raya (—)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D4281E5" w14:textId="5D202C49" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>• Interrupción o inciso enfático</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005410B">
+              <w:br/>
+              <w:t>• Cambio repentino de tema o énfasis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7E093A" w14:textId="30CCAF5C" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>El diseño —como campo interdisciplinario— integra teoría y práctica.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005410B">
+              <w:br/>
+              <w:t>El resultado fue inesperado —nadie lo había previsto.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0062437B" w:rsidRPr="0005410B" w14:paraId="72C372E9" w14:textId="77777777" w:rsidTr="0005410B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="631"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52156168" w14:textId="3A8B68D4" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="00F85D17" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>Guion</w:t>
+            </w:r>
+            <w:r w:rsidR="0062437B" w:rsidRPr="0005410B">
+              <w:t xml:space="preserve"> medio (–)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1946A701" w14:textId="3D40657E" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>• Relación entre conceptos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005410B">
+              <w:br/>
+              <w:t>• Rangos numéricos (en algunas editoriales)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3314" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46818B22" w14:textId="75A4C855" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0005410B">
+              <w:t>relación profesor–estudiante</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005410B">
+              <w:br/>
+              <w:t>eje tiempo–espacio</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0005410B">
+              <w:br/>
+              <w:t>2019–2021, pp. 45–62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7725528E" w14:textId="77777777" w:rsidR="00857F99" w:rsidRDefault="00857F99" w:rsidP="00F85D17">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EE7615C" w14:textId="6DDD056C" w:rsidR="00F85D17" w:rsidRPr="00857F99" w:rsidRDefault="00F85D17" w:rsidP="00F85D17">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00857F99">
+        <w:t>Uso de cursivas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D8EC19D" w14:textId="70AE94DA" w:rsidR="00F85D17" w:rsidRDefault="006F0BEE" w:rsidP="00F85D17">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
       </w:pPr>
       <w:r>
-        <w:t>Heading 1: u</w:t>
-[...11 lines deleted...]
-        <w:t>vel one headings</w:t>
+        <w:t>Los estilos tipográficos (</w:t>
+      </w:r>
+      <w:r w:rsidR="004919CD">
+        <w:t>negritas, redondas, cursivas/itálicas), sirven para diferencias palabras o frases del conjunto del texto. Utilice cursivas para las siguientes situaciones:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC0239C" w14:textId="77777777" w:rsidR="00997B0F" w:rsidRDefault="00B25726" w:rsidP="00CF0A1B">
-[...1 lines deleted...]
-        <w:pStyle w:val="Paragraph"/>
+    <w:p w14:paraId="2C00094C" w14:textId="77777777" w:rsidR="00465D70" w:rsidRDefault="00465D70" w:rsidP="00465D70">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53E2FBC1" w14:textId="011E8F30" w:rsidR="00465D70" w:rsidRPr="00465D70" w:rsidRDefault="00465D70" w:rsidP="00465D70">
+      <w:pPr>
+        <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
       </w:pPr>
       <w:r>
-        <w:t>Please, use the style Paragraph</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Tabla </w:t>
       </w:r>
       <w:r>
-        <w:t>for the first paragraph in a section, or to continue after an extract</w:t>
-[...2 lines deleted...]
-        <w:t>. If you are importing your text from a document with customised styles, then please paste the text as a plain text and then format the text using styles in this template.</w:t>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. Uso de </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>guiones</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00933BC4" w:rsidRPr="00933BC4">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t xml:space="preserve">Do not place extra lines </w:t>
-[...2 lines deleted...]
-        <w:t>after any of the titles, subtitle, abstracts, keywords, headings, images, captions and the body text. Only time you will need to place a new line is after a table.</w:t>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>cursivas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0060446D">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1D02">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Utilice el estilo BDI </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>Table Title – Título de tabla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA1D02">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3522E958" w14:textId="77777777" w:rsidR="00997B0F" w:rsidRDefault="00B25726" w:rsidP="00AE2F8D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Newparagraph"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablanormal2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="4132"/>
+        <w:gridCol w:w="3998"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00857F99" w14:paraId="45B29E5A" w14:textId="77777777" w:rsidTr="006B2EAB">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="025C4053" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Caso de uso</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="281C6654" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Regla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="648E6481" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Ejemplo(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857F99" w14:paraId="6159961F" w14:textId="77777777" w:rsidTr="006B2EAB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5546B1DB" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:lastRenderedPageBreak/>
+              <w:t>Títulos de obras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="142203F1" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Se escriben en cursiva en el texto y en la lista de referencias. Aplica a libros, revistas, películas, videos, podcasts, informes y documentos largos.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77FDDECF" w14:textId="4C0E36DB" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>The Design of Everyday Things</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> (libro)</w:t>
+            </w:r>
+            <w:r w:rsidR="00465D70">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002434D3" w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Journal of Design History</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> (revista)</w:t>
+            </w:r>
+            <w:r w:rsidR="00465D70">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>The Social Dilemma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> (película)</w:t>
+            </w:r>
+            <w:r w:rsidR="00465D70">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002434D3" w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Informe Anual de la UNESCO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> (informe)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857F99" w14:paraId="336FE54D" w14:textId="77777777" w:rsidTr="006B2EAB">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="078592AC" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Palabras extranjeras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A587CEB" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Se escriben en cursiva cuando no están adaptadas al idioma. Excepción: si se han incorporado al uso común (déjà vu, café), no llevan cursiva.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBD1233" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve">El concepto de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>habitus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> de Bourdieu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857F99" w14:paraId="752A6BD0" w14:textId="77777777" w:rsidTr="006B2EAB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A60EFD9" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Énfasis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23DE368B" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Se puede usar cursiva para enfatizar una palabra o frase, con moderación para no distraer al lector.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EDF3CC1" w14:textId="5A4A6619" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve">Era </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>precisamente</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> ese</w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EAB">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> el argumento central.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857F99" w14:paraId="3F0BF69C" w14:textId="77777777" w:rsidTr="006B2EAB">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="290DBF2E" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="006B2EAB" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Letras, palabras y números como tales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6C1E1B" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="006B2EAB" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Se usan cursivas cuando se habla de una palabra, letra o número en sí mismo.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41CBB5D8" w14:textId="54E3C1DC" w:rsidR="00857F99" w:rsidRPr="006B2EAB" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La palabra </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>diseño</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aparece más de 200 veces.</w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EAB" w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>La letra a se usa como variable.</w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EAB" w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>El número 2 indica duplicación.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857F99" w14:paraId="5AD85E82" w14:textId="77777777" w:rsidTr="006B2EAB">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3854BAD7" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Estadística y matemáticas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25908AD8" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Los símbolos estadísticos y algebraicos se escriben en cursiva (N, M, SD, t, p, r, df, d, x, y, z). Las constantes y funciones matemáticas van en redonda (π, e, log, sin, cos).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="352B57E9" w14:textId="1BC6CD90" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>t, p, r, x, y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve"> (en cursiva)</w:t>
+            </w:r>
+            <w:r w:rsidR="006B2EAB">
+              <w:rPr>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>π, e, log, sin, cos (en redonda)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00857F99" w14:paraId="12E4E4F7" w14:textId="77777777" w:rsidTr="006B2EAB">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7826B0A7" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>Anclajes de escala de medición</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4132" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F53E662" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t>En cuestionarios y escalas Likert, los anclajes se escriben en cursiva.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3998" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50BA3736" w14:textId="77777777" w:rsidR="00857F99" w:rsidRPr="00465D70" w:rsidRDefault="00857F99" w:rsidP="00465D70">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve">1 = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>muy en desacuerdo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00465D70">
+              <w:t xml:space="preserve">, 5 = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006B2EAB">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>muy de acuerdo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A6F73BA" w14:textId="77777777" w:rsidR="00857F99" w:rsidRDefault="00857F99" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading3-Ttulo3"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="777F4470" w14:textId="21317B10" w:rsidR="001943A2" w:rsidRPr="00974722" w:rsidRDefault="004919CD" w:rsidP="00974722">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading3-Ttulo3"/>
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974722">
+        <w:t xml:space="preserve">Subtítulo 3 </w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="00974722">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00974722" w:rsidRPr="00974722">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="00974722">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>stilo BDI Heading 3 – Título 3]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CE254F" w14:textId="77777777" w:rsidR="00766C07" w:rsidRPr="00113166" w:rsidRDefault="00766C07" w:rsidP="00AE2212">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00113166">
+        <w:t xml:space="preserve">El archivo debe ajustarse a las siguientes especificaciones de formato y estilo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0979F81B" w14:textId="7D349068" w:rsidR="00766C07" w:rsidRPr="00113166" w:rsidRDefault="00766C07" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00113166">
+        <w:t>Hoja tamaño carta</w:t>
+      </w:r>
+      <w:r w:rsidR="00974722">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00974722" w:rsidRPr="00974722">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Estilo BDI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00974722" w:rsidRPr="00974722">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Bulleted</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00974722" w:rsidRPr="00974722">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00974722" w:rsidRPr="00974722">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00974722" w:rsidRPr="00974722">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Lista con viñeta]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272FE453" w14:textId="77777777" w:rsidR="00766C07" w:rsidRPr="00113166" w:rsidRDefault="00766C07" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00113166">
+        <w:t>Margen de 2 cm en cada borde</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735706B0" w14:textId="77777777" w:rsidR="00766C07" w:rsidRPr="00113166" w:rsidRDefault="00766C07" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00113166">
+        <w:t>Fuente New Times Roman tamaño 12, espaciado 2.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA8732A" w14:textId="77777777" w:rsidR="00766C07" w:rsidRPr="00113166" w:rsidRDefault="00766C07" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00113166">
+        <w:t xml:space="preserve">Numeración en la esquina superior derecha de cada página </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537C6C70" w14:textId="736CBD30" w:rsidR="00AC47E3" w:rsidRPr="00974722" w:rsidRDefault="00AC47E3" w:rsidP="00974722">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00974722">
+        <w:t xml:space="preserve">Por favor, utilice el estilo </w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="00974722">
+        <w:t xml:space="preserve">[Utilice el estilo BDI First Paragraph – Primer párrafo] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974722">
+        <w:t>para el primer párrafo de una sección</w:t>
+      </w:r>
+      <w:r w:rsidR="00766C07" w:rsidRPr="00974722">
+        <w:t xml:space="preserve"> y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974722">
+        <w:t xml:space="preserve"> para continuar después de un </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C07" w:rsidRPr="00974722">
+        <w:t>listado, figura, tabla o cita larga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974722">
+        <w:t xml:space="preserve">. Si está importando su texto desde un documento con estilos personalizados, pegue el texto como texto sin formato y luego </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974722">
+        <w:lastRenderedPageBreak/>
+        <w:t>formatee el texto usando los estilos en esta plantilla. Las secciones de su documento deben estar separadas por títulos apropiados. Recomendamos no exceder tres niveles de subtítulos. No coloque líneas adicionales después de ninguno de los títulos, subtítulos, resúmenes, palabras clave, encabezados, imágenes, leyendas y el cuerpo del texto. Solo después de las tablas es necesario incluir una línea nueva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6758DF6C" w14:textId="10A52A39" w:rsidR="00AC47E3" w:rsidRPr="008F5736" w:rsidRDefault="00AC47E3" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5736">
+        <w:t xml:space="preserve">Utilice el </w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="00AA1D02">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>Estilo</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="00AA1D02">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BDI New Paragraph – Nuevo párrafo] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5736">
+        <w:t>cuando necesite comenzar un nuevo párrafo. Piense detenidamente en la presentación de cualquier material visual. Es su responsabilidad asegurarse de que tiene los derechos y el permiso para usar todas las imágenes en su artículo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57803129" w14:textId="4D44AA3F" w:rsidR="00AC47E3" w:rsidRPr="008F5736" w:rsidRDefault="00AC47E3" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5736">
+        <w:t>Las citas breves dentro del texto deben marcarse con comillas dobles y la referencia en el texto deberá incluir el número de página.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4858" w:rsidRPr="008F5736">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEAE68E" w14:textId="48609C8C" w:rsidR="00AC47E3" w:rsidRPr="00113166" w:rsidRDefault="009C4933" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIDisplayedquotation-Citadesplegada"/>
       </w:pPr>
       <w:r>
-        <w:t>U</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">se </w:t>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Las</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00113166">
+        <w:t xml:space="preserve"> citas largas</w:t>
       </w:r>
       <w:r>
-        <w:t>the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00630901">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, que contengan </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00113166">
+        <w:t>más de 40 palabras</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">no </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>deben llevar</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> comilla</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>s. S</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">e presentan en bloque, con sangría </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izquierda </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">letra tamaño 12, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">igual al </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>texto de los párrafos. Al final de la cita se debe indicar la fuente y el número de página desde donde se obtuvo la cita</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00113166">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003E64DF">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="00A77948">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[E</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00A77948">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stilo </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="00A77948">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BDI </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00A77948">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>Displayed quotation</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="00A77948">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Cita desplegada]</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00A77948">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC0F37">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC701DE" w14:textId="77777777" w:rsidR="009C4933" w:rsidRDefault="009C4933" w:rsidP="009C4933">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">New paragraph </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="007911FD">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Después de una cita larga, debe comenzar con un nuevo párrafo usando </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C4933">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Estilo BDI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C4933">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>First</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C4933">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009C4933">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009C4933">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Primer párrafo]. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D45FB69" w14:textId="3BC98C6E" w:rsidR="009C4933" w:rsidRDefault="00AC47E3" w:rsidP="009C4933">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113166">
+        <w:t xml:space="preserve">Para </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4933">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>componer listados, puede optar por viñetas o listados numerados. A continuación</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4933">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se indica el estilo para cada caso:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9BCEAC" w14:textId="48529E09" w:rsidR="00AC47E3" w:rsidRDefault="009C4933" w:rsidP="009C4933">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Primera línea de texto del listado con viñetas </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="009C4933">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>[E</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="009C4933">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stilo Bulleted list </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="009C4933">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>– Lista con viñeta]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F9112B" w14:textId="3B549181" w:rsidR="009C4933" w:rsidRDefault="009C4933" w:rsidP="009C4933">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Segunda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> línea de texto del listado con viñetas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E61BD38" w14:textId="719FE54A" w:rsidR="001D7090" w:rsidRDefault="001D7090" w:rsidP="001D7090">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Tercera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> línea de texto del listado con viñetas </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD07C04" w14:textId="1C326CCA" w:rsidR="001D7090" w:rsidRDefault="001D7090">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558431DC" w14:textId="77777777" w:rsidR="001D7090" w:rsidRPr="001D7090" w:rsidRDefault="001D7090" w:rsidP="001D7090">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43FCAAFC" w14:textId="0C3999BD" w:rsidR="009C4933" w:rsidRDefault="009C4933" w:rsidP="009C4933">
+      <w:pPr>
+        <w:pStyle w:val="BDINumberedlist-Listanumerada"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Primera línea de texto de un listado numerado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Estilo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Numbered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Lista </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>numerada</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7698244D" w14:textId="6559AAB4" w:rsidR="009C4933" w:rsidRDefault="009C4933" w:rsidP="009C4933">
+      <w:pPr>
+        <w:pStyle w:val="BDINumberedlist-Listanumerada"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Segunda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> línea de texto de un listado numerado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342716B8" w14:textId="72BE3624" w:rsidR="001D7090" w:rsidRDefault="001D7090" w:rsidP="001D7090">
+      <w:pPr>
+        <w:pStyle w:val="BDINumberedlist-Listanumerada"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Tercera</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> línea de texto de un listado numerado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D176AD" w14:textId="77777777" w:rsidR="009C4933" w:rsidRDefault="009C4933" w:rsidP="00115A1F">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="399A3EDD" w14:textId="791552D5" w:rsidR="00AC47E3" w:rsidRPr="001D7090" w:rsidRDefault="00AC47E3" w:rsidP="00115A1F">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00484DE5">
+        <w:t>Título 2: use este estilo para encabezados de nivel 2</w:t>
+      </w:r>
+      <w:r w:rsidR="009A56B2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Estilo BDI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Título </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6A7548" w14:textId="2D5FEDDF" w:rsidR="00AC47E3" w:rsidRPr="001D7090" w:rsidRDefault="00AC47E3" w:rsidP="00115A1F">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading3-Ttulo3"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113166">
+        <w:t>Título 3: use este estilo para encabezados de nivel 3</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Estilo BDI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Heading</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Título </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468930DA" w14:textId="15DFA400" w:rsidR="005C0061" w:rsidRPr="001D7090" w:rsidRDefault="00AC47E3" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDIFootnotes-Notaalpie"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00113166">
+        <w:t>1. Esta es una nota</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Estilo BDO </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Footnote</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001D7090" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Nota al pie]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3668AD4D" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRDefault="00AE2212" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12B33E52" w14:textId="3C30C7AB" w:rsidR="00A657FF" w:rsidRPr="008F5736" w:rsidRDefault="00A657FF" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008F5736">
+        <w:t xml:space="preserve">Tablas e </w:t>
+      </w:r>
+      <w:r w:rsidR="009A56B2" w:rsidRPr="008F5736">
+        <w:t>imágenes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5736">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C34F9C" w14:textId="7B20450D" w:rsidR="00713A65" w:rsidRPr="00B97CD4" w:rsidRDefault="00A657FF" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00484DE5">
+        <w:t>Todas las tablas que se incluyan en el artículo deben estar referidas en el texto, estar numeradas de forma correlativa (Tabla 1, Tabla 2, etc.) y tener título. Las tablas deben estar construidas en el archivo Word con texto editable (no usar tablas como imágenes incrustadas).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B0FD14" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRDefault="00AE2212" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F84ACEF" w14:textId="4F275EB9" w:rsidR="00465A0C" w:rsidRPr="00484DE5" w:rsidRDefault="00465A0C" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00484DE5">
+        <w:t xml:space="preserve">Tabla </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00484DE5">
+        <w:t>. Escriba el título aquí.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablanormal2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2489"/>
+        <w:gridCol w:w="2487"/>
+        <w:gridCol w:w="2488"/>
+        <w:gridCol w:w="2488"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A657FF" w:rsidRPr="00484DE5" w14:paraId="5B14D508" w14:textId="77777777" w:rsidTr="00AE2212">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="348"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DF74C1" w14:textId="43923DA0" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00484DE5">
+              <w:t>Variable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="078EE0F7" w14:textId="319A7330" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00484DE5">
+              <w:t>Variable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F5916D6" w14:textId="1578EDC6" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00484DE5">
+              <w:t xml:space="preserve">Variable </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CDBE92" w14:textId="3A94334C" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00484DE5">
+              <w:t>Variable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A657FF" w:rsidRPr="00484DE5" w14:paraId="3A9A0F23" w14:textId="77777777" w:rsidTr="00AE2212">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="493D869F" w14:textId="4BB764D6" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00484DE5">
+              <w:t>Concepto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58625F1F" w14:textId="16C59258" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Texto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E80E8A" w14:textId="10212720" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Texto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71829BA5" w14:textId="4D4A74C8" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Texto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A657FF" w:rsidRPr="00484DE5" w14:paraId="7F695824" w14:textId="77777777" w:rsidTr="008431B0">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="434397D8" w14:textId="6290C697" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00484DE5">
+              <w:t>Concepto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2490" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1325030D" w14:textId="3230371F" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Texto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF2CB70" w14:textId="45943F11" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Texto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2491" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="367346A1" w14:textId="071E8162" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Texto</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="56F292C6" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRDefault="00AE2212" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A00D8A7" w14:textId="54094561" w:rsidR="00A657FF" w:rsidRPr="00252547" w:rsidRDefault="00A657FF" w:rsidP="00252547">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00484DE5">
+        <w:t>Todas las imágenes que se incluyan en el artículo deben estar referidas en el texto y estar numeradas de forma correlativa (Figura 1, Figura 2, etc.). Para cada imagen se debe incluir un pie de foto con el número de la figura, título y una breve reseña de su contenido. Todas las imágenes deben enviarse como archivos separados en formato JPG y resolución de 300 dpi. Las imágenes que se incluyan en el documento serán de responsabilidad del o los autores y deben contar con las autorizaciones necesarias.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B7BC84" w14:textId="1F300DC5" w:rsidR="00A657FF" w:rsidRPr="001D7090" w:rsidRDefault="004919CD" w:rsidP="001D7090">
+      <w:pPr>
+        <w:pStyle w:val="BDIFigure-Figura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001D7090">
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="118CF9EA" wp14:editId="54FEF581">
+            <wp:extent cx="6321287" cy="4208466"/>
+            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+            <wp:docPr id="1839452078" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1839452078" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6321287" cy="4208466"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D704571" w14:textId="0EC5B131" w:rsidR="004919CD" w:rsidRPr="001D7090" w:rsidRDefault="008431B0" w:rsidP="001D7090">
+      <w:pPr>
+        <w:pStyle w:val="BDIFigurecaption-Piedefigura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="001D7090">
+        <w:t>Figura</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="001D7090">
+        <w:t xml:space="preserve"> 1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D7090">
+        <w:t>Pegue aquí el pie de foto</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="001D7090">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0F5F" w:rsidRPr="001D7090">
+        <w:t>Recuerde incluir el título de la figura y una breve explicación de su contenido.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> No olvide obtener el permiso correspondiente e incluir</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="001D7090">
+        <w:t xml:space="preserve"> el reconocimiento requerido por el titular de los derechos de autor si una figura se </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>obtiene</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="001D7090">
+        <w:t xml:space="preserve"> de otra fuente</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B415A7">
+      <w:r w:rsidR="009A56B2" w:rsidRPr="001D7090">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B415A7" w:rsidRPr="00B415A7">
-[...6 lines deleted...]
-        <w:t>It is your responsibility to ensure that you have rights and permission to use all the images in your paper.</w:t>
+      <w:r w:rsidR="009A56B2" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>[Utilice el estilo BDI Figure Caption – Pie de figura]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="175EAE5C" w14:textId="77777777" w:rsidR="00B415A7" w:rsidRDefault="00B415A7" w:rsidP="00AE2F8D">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="188E3BBE" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRDefault="00AE2212" w:rsidP="002E5DCC">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="2653CDA6" w14:textId="77777777" w:rsidR="00D45FF3" w:rsidRDefault="00B415A7" w:rsidP="00BB7E69">
-[...1 lines deleted...]
-        <w:pStyle w:val="Displayedquotation"/>
+    <w:p w14:paraId="7DFF2A89" w14:textId="6F8D3DF1" w:rsidR="002E5DCC" w:rsidRPr="00115A1F" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading1-Ttulo1"/>
       </w:pPr>
       <w:r>
-        <w:t>For l</w:t>
-[...20 lines deleted...]
-        <w:t>style.</w:t>
+        <w:t>Recursos para mejorar la escritura académica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115A1F">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7805250E" w14:textId="77777777" w:rsidR="00CF2F4F" w:rsidRDefault="00933BC4" w:rsidP="00343480">
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> or </w:t>
+    <w:p w14:paraId="68236BEB" w14:textId="00B85B39" w:rsidR="002E5DCC" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5DCC">
+        <w:t>En caso de dudas respecto a la ortografía, el uso correcto de mayúsculas o aspectos generales de estilo académico, se recomienda consultar recursos confiables que aseguren coherencia y rigurosidad en la redacción</w:t>
+      </w:r>
+      <w:r w:rsidR="004919CD">
+        <w:t>. Base recomienda los siguientes sitios web:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786B7C6C" w14:textId="77777777" w:rsidR="003B5673" w:rsidRDefault="00933BC4" w:rsidP="00CF0A1B">
-[...207 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w14:paraId="4293F08B" w14:textId="47617CD7" w:rsidR="002E5DCC" w:rsidRPr="002E5DCC" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5DCC">
+        <w:t>FundéuRAE</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E5DCC">
+        <w:t>https://www.fundeu.es/</w:t>
+      </w:r>
       <w:r>
-        <w:t>máximo</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E5DCC">
+        <w:t>Orientaciones en español sobre ortografía, gramática y uso adecuado del idioma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BD234CB" w14:textId="1C3C82B5" w:rsidR="002E5DCC" w:rsidRPr="002E5DCC" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5DCC">
+        <w:lastRenderedPageBreak/>
+        <w:t>Merriam-Webster Dictionary (https://www.merriam-webster.com/) Definiciones y ejemplos en inglés para mejorar precisión léxica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C14DF51" w14:textId="0AEC87E9" w:rsidR="002E5DCC" w:rsidRPr="002E5DCC" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5DCC">
+        <w:t>Merriam-Webster Grammar (https://www.merriam-webster.com/grammar) Reglas y explicaciones prácticas sobre gramática en inglés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3765226D" w14:textId="0FED3319" w:rsidR="004919CD" w:rsidRPr="008F5736" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E5DCC">
+        <w:t>APA Style – Getting Started (https://apastyle.apa.org/beginners) Guía oficial de la American Psychological Association para principiantes, con lineamientos sobre mayúsculas, redacción y estilo académico.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707C578F" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRDefault="00AE2212" w:rsidP="00115A1F">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CC2C725" w14:textId="6456C97B" w:rsidR="00AC47E3" w:rsidRPr="00115A1F" w:rsidRDefault="00AC47E3" w:rsidP="00115A1F">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00115A1F">
+        <w:t>Referencias:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C549200" w14:textId="581A2AFF" w:rsidR="00B25726" w:rsidRDefault="009964B3" w:rsidP="004F7D36">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A6085E">
+        <w:t>Incluya aquí l</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00A6085E">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6085E">
+        <w:t xml:space="preserve"> lista de</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00A6085E">
+        <w:t xml:space="preserve"> referencias </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6085E">
+        <w:t>siguiendo el e</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00A6085E">
+        <w:t>stilo APA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6085E">
+        <w:t xml:space="preserve"> 7º edición.</w:t>
+      </w:r>
+      <w:r w:rsidR="003718A8" w:rsidRPr="00A6085E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6085E">
+        <w:t>A continuación, se presentan ejemplos de referencias en formato APA, basados en artículos publicados</w:t>
+      </w:r>
+      <w:r w:rsidR="00484DE5" w:rsidRPr="00A6085E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6085E">
+        <w:t>en la Revista Base Diseño e Innovación (BDI)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6085E" w:rsidRPr="00A6085E">
+        <w:t xml:space="preserve"> y otras fuentes externas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A6085E">
+        <w:t>. Cada referencia incluye la indicación del tipo de fuente (libro, artículo de revista, página web, capítulo de libro, etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E5CD61" w14:textId="63C73214" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Avramova, N.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2019, 3 de enero). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>The secret to a long, happy, healthy life? Think age-positive.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> CNN. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://edition.cnn.com/2019/01/03/health/respect-toward-elderly-leads-to-long-life-intl/index.html</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Página web en un sitio de noticias]</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1904F82E" w14:textId="0E35FD1A" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Cable, D.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2013). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>The racial dot map</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> University of Virginia, Weldon Cooper Center for Public Service. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://demographics.coopercenter.org/Racial-Dot-Map</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36" w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Mapa].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB1AC70" w14:textId="3EA890C9" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Canan, E., &amp; Vasilev, J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2019, 22 de mayo). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Notas de la conferencia sobre distribución de recursos</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve">Department of Management Control and Information Systems, University of Chile. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://uchilefau.academia.edu/ElseZCanan</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36" w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Notas de conferencia]</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB8D695" w14:textId="6BD918E8" w:rsidR="004F7D36" w:rsidRPr="004F7D36" w:rsidRDefault="004F7D36" w:rsidP="004F7D36">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F7D36">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Alarcón Castro, J., &amp; Arruda, A. (2022). Editorial: Materiales emergentes y [bio-diseño]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F7D36">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Base Diseño E Innovación, 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F7D36">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>(7), 1–6.</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> 10 palabras)</w:t>
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004235AE" w:rsidRPr="00CD6F59">
+        <w:t>https://doi.org/10.52611/bdi.num8.2022.848</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Editorial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A2DA43E" w14:textId="77777777" w:rsidR="00AC47E3" w:rsidRDefault="00AC47E3" w:rsidP="00AC47E3">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00711799">
+    <w:p w14:paraId="487AA407" w14:textId="029D6EDA" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Cutts, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2017, 24 de noviembre). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Happiness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> [Video]. Vimeo. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://vimeo.com/244405542</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00711799">
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Video de YouTube o Vimeo]</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F38267" w14:textId="06935104" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Fistek, A., Jester, E., &amp; Sonnenberg, K.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2017, 12–15 de julio). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Everybody’s got a little music in them: Using music therapy to connect, engage, and motivate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F7D36">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00711799">
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve">Autism Society National Conference, Milwaukee, WI, United States. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://asa.con-fex.com/asa/2017/webprogramarchives/Session9517.html</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00711799">
+      <w:r w:rsidR="004F7D36" w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Sesión de congreso]</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDE656F" w14:textId="6B0EDF29" w:rsidR="004235AE" w:rsidRPr="004235AE" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Forman, M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (Director). (1975). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>One flew over the cuckoo’s nest</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00711799">
+      <w:r w:rsidRPr="004235AE">
+        <w:t>United Artists.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36" w:rsidRPr="004F7D36">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00711799">
+      <w:r w:rsidR="004F7D36" w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Película].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21E6401F" w14:textId="34940BA0" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Fried, D., &amp; Polyakova, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Democratic defense against disinformation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> Atlantic Council. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.atlanticcouncil.org/images/publications/Democratic_Defense_Against_Disinformation_FINAL.pdf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:r w:rsidRPr="00711799">
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Reporte de autores individuales en una agencia gubernamental]</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D2AB30" w14:textId="2E8EC9F9" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Giertz, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2018, abril). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Why you should make useless things</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> [Video]. TED Conferences. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.ted.com/talks/simone_giertz_why_you_should_make_useless_things</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00711799">
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[TED talk]</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46FE30B8" w14:textId="60829112" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Glass, I.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (Anfitrión). (2011, 12 de agosto). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Amusement park (No. 443)</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> En </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>This American Life.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> WBEZ Chicago. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.thisamericanlife.org/radio-archives/episode/443/amusement-park</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00711799">
+      <w:r w:rsidR="004F7D36" w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Episodio de podcast de audio].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209FEC58" w14:textId="2C93276C" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Goldberg, J. F.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Evaluating adverse drug effects</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve">American Psychiatric Association. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://education.psychiatry.org/Users/ProductDetails.aspx?ActivityID=6172</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36" w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Webinar].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3402B332" w14:textId="77777777" w:rsidR="00AC47E3" w:rsidRPr="0020415E" w:rsidRDefault="00AC47E3" w:rsidP="00AC47E3">
-[...36 lines deleted...]
-          <w:i/>
+    <w:p w14:paraId="323ABC38" w14:textId="515E0D7B" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Harris, L.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2014). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Instructional leadership perceptions and practices of elementary school leaders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="004235AE">
+        <w:t>University of Virginia.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7D36">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004F7D36" w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Disertación doctoral inédita].</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="66A14261" w14:textId="77777777" w:rsidR="00AC47E3" w:rsidRDefault="00AC47E3" w:rsidP="00AC47E3">
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w14:paraId="1253786E" w14:textId="056B1204" w:rsidR="004235AE" w:rsidRPr="004235AE" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Jakobsen, O., &amp; Valderrama Pineda, A. F.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2024). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Luchando por el diseño para el pluriverso en el Norte Global.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Base Diseño e Innovación, 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve">(10). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://doi.org/10.52611/bdi.num10.2024.1153</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Artículo de revista científica con DOI]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="273FBD66" w14:textId="51ECE80B" w:rsidR="004235AE" w:rsidRPr="00C10DE0" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Maddox, S., Hurling, J., Stewart, E., &amp; Edwards, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2016, 30 de marzo–2 de abril). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>If mama ain’t happy, nobody’s happy: The effect of parental depression on mood dysregulation in children</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="004235AE">
+        <w:t>Southeastern Psychological Association 62nd Annual Meeting, New Orleans, LA, United States.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C10DE0">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10DE0" w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Presentación de escrito].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537C6C70" w14:textId="77777777" w:rsidR="00AC47E3" w:rsidRDefault="00AC47E3" w:rsidP="00AC47E3">
-[...19 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5351B6B0" w14:textId="2506F8BB" w:rsidR="004235AE" w:rsidRPr="00D17FA2" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Martin Lillie, C. M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2016, 29 de diciembre). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Be kind to yourself: How self-compassion can improve your resiliency.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> Mayo Clinic. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.mayoclinic.org/healthy-lifestyle/adult-health/in-depth/self-compassion-can-improve-your-resiliency/art-20267193</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Página web con autor individual]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00DA6677" w14:textId="0ADA7905" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>McCurry, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (1985). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Afghan girl</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t>National Geographic.</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.nationalgeographic.com/magazine/1985/06/afghan-girl-photo/</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00670638" w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Fotografía].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5599A59E" w14:textId="5703DA47" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>O’Shea, M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Understanding proactive behavior in the workplace as a function of gender</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t>Department of Management, University of Kansas.</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00670638" w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Manuscrito en preparación].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027375B2" w14:textId="3468FA74" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Pearson, J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2018, 27–30 de septiembre). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Fat talk and its effects on state-based body image in women</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve">Australian Psychological Society Congress, Sydney, NSW, Australia. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>http://bit.ly/2XGSThP</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00670638" w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Presentación de cartel].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2276DDB2" w14:textId="2378AA63" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Rossman, J., &amp; Palmer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2015). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Sorting through our space junk</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve">World Science Festival. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.worldsciencefestival.com/2015/11/space-junk-infographic/</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00670638" w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Infografía].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0697F62D" w14:textId="534C38B8" w:rsidR="004235AE" w:rsidRPr="004235AE" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Stead, M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2024). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>More-than-Human Net Zero Futures: Disruptive participatory design for a sustainable equitable planet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Base Diseño e Innovación, 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve">(10). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://doi.org/10.52611/bdi.num10.2024.1169</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17FA2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00D17FA2" w:rsidRPr="00D17FA2">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Artículo en otro idioma]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECBD047" w14:textId="09593A96" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>The New York Public Library [@nypl].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (s.f.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>The raven</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> Instagram. Recuperado el 16 de abril de 2019, de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://bit.ly/2FV8bu3</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...20 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00670638" w:rsidRPr="00EA7448">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Historia destacada].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C01E28C" w14:textId="125F15A4" w:rsidR="004235AE" w:rsidRPr="004235AE" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>U.S. Census Bureau.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (s.f.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>U.S. and world population clock.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> U.S. Department of Commerce. Recuperado el 3 de julio de 2019, de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.census.gov/popclock/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7448">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00EA7448" w:rsidRPr="00EA7448">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[Página web con fecha de recuperación] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F5CFBE3" w14:textId="24DC9F8E" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Vedantam, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (Anfitrión). (2015–presente). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Hidden brain</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7448">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve">NPR. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.npr.org/series/423302056/hidden-brain</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00670638" w:rsidRPr="00EA7448">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Podcast de audio].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3803F1" w14:textId="11FA69CF" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Wood, G.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (1930). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>American Gothic</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> Art Institute of Chicago, Chicago, IL, United States. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.artic.edu/collections/artwork/6565</w:t>
+      </w:r>
+      <w:r w:rsidR="00670638">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00670638" w:rsidRPr="00EA7448">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Pintura].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FBEB2D" w14:textId="4A88900B" w:rsidR="004235AE" w:rsidRPr="004235AE" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Zeitz MOCAA [@zeitzmocaa].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> (2018, 26 de noviembre). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>Grade 6 learners from Parkfields Primary School in Hanover Park visited the museum for a tour and workshop hosted by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004235AE">
+        <w:t xml:space="preserve"> [Fotografías]. Instagram. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD6F59">
+        <w:t>https://www.instagram.com/p/BqpHpjFBs3b/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7448">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...325 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00EA7448" w:rsidRPr="00EA7448">
+        <w:rPr>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        </w:rPr>
+        <w:t>[Foto o video de Instagram]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6758DF6C" w14:textId="77777777" w:rsidR="00AC47E3" w:rsidRDefault="00AC47E3" w:rsidP="00AC47E3">
-[...1011 lines deleted...]
-      <w:pgSz w:w="12240" w:h="15840" w:code="9"/>
+    <w:p w14:paraId="4865C27B" w14:textId="77777777" w:rsidR="004235AE" w:rsidRPr="00AD521E" w:rsidRDefault="004235AE" w:rsidP="005C0061"/>
+    <w:sectPr w:rsidR="004235AE" w:rsidRPr="00AD521E" w:rsidSect="008F0346">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:pgSz w:w="12220" w:h="15840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5FA64599" w14:textId="77777777" w:rsidR="00C71DD6" w:rsidRDefault="00C71DD6" w:rsidP="00AF2C92">
+    <w:p w14:paraId="3DD1B087" w14:textId="77777777" w:rsidR="008659A0" w:rsidRDefault="008659A0" w:rsidP="002850C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F0077EE" w14:textId="77777777" w:rsidR="00C71DD6" w:rsidRDefault="00C71DD6" w:rsidP="00AF2C92">
+    <w:p w14:paraId="07E661F7" w14:textId="77777777" w:rsidR="008659A0" w:rsidRDefault="008659A0" w:rsidP="002850C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2462,93 +4540,263 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0609070205080204"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Mincho">
-[...1 lines deleted...]
-    <w:panose1 w:val="02020609040205080304"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="555FE1CC" w14:textId="77777777" w:rsidR="00C71DD6" w:rsidRDefault="00C71DD6" w:rsidP="00AF2C92">
+    <w:p w14:paraId="225497A3" w14:textId="77777777" w:rsidR="008659A0" w:rsidRDefault="008659A0" w:rsidP="002850C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BA56ACE" w14:textId="77777777" w:rsidR="00C71DD6" w:rsidRDefault="00C71DD6" w:rsidP="00AF2C92">
+    <w:p w14:paraId="0D3230FE" w14:textId="77777777" w:rsidR="008659A0" w:rsidRDefault="008659A0" w:rsidP="002850C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:id w:val="-378783310"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="0AA9E0AF" w14:textId="27391362" w:rsidR="008F0346" w:rsidRDefault="008F0346" w:rsidP="001B058F">
+        <w:pPr>
+          <w:pStyle w:val="Encabezado"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00000000">
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="3727BDD2" w14:textId="77777777" w:rsidR="008F0346" w:rsidRDefault="008F0346" w:rsidP="008F0346">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:rStyle w:val="Nmerodepgina"/>
+      </w:rPr>
+      <w:id w:val="-483700967"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:p w14:paraId="590629BE" w14:textId="6B427536" w:rsidR="008F0346" w:rsidRDefault="008F0346" w:rsidP="001B058F">
+        <w:pPr>
+          <w:pStyle w:val="Encabezado"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Nmerodepgina"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="53C8B034" w14:textId="51FDEAB8" w:rsidR="00261C6A" w:rsidRDefault="00261C6A" w:rsidP="008F0346">
+    <w:pPr>
+      <w:ind w:right="360"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="47F0CC97" wp14:editId="454C8635">
+          <wp:extent cx="493984" cy="883815"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Imagen 2" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Imagen 2" descr="A black text on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="493984" cy="883815"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3D0B70F4" w14:textId="77777777" w:rsidR="00261C6A" w:rsidRDefault="00261C6A" w:rsidP="002850C8"/>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B0D42628"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -2703,68 +4951,68 @@
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2E3626A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="BCE8A162"/>
+    <w:tmpl w:val="825A31AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="50E2750C"/>
+    <w:tmpl w:val="8600389C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="185865B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -2780,51 +5028,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="346689D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="BA7A7248"/>
+    <w:tmpl w:val="00DEBEC8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="977869E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -2924,50 +5172,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BB77FC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C694A156"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D0E7653"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0409001D"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3)"/>
@@ -3009,51 +5370,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16E62B17"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="75E44860"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F413159"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="30C08770"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="153"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -3098,51 +5572,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FBD58E1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1B88B870"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -3187,51 +5661,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27E8289F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E976D66C"/>
     <w:lvl w:ilvl="0" w:tplc="0CDA7214">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3303,51 +5777,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="389B5003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DD5255FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -3392,58 +5866,58 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C5D0C07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4CA02766"/>
     <w:lvl w:ilvl="0" w:tplc="79367BA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Numberedlist"/>
+      <w:pStyle w:val="BDINumberedlist-Listanumerada"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="153"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FE3AC208">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="77E4D7DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%3)"/>
@@ -3488,51 +5962,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D4A71FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CADCD1BE"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3577,51 +6051,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46560973"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6A9203A8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5838135E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68EEE13A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3717,58 +6304,58 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BD96BF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76D2C65A"/>
     <w:lvl w:ilvl="0" w:tplc="0456C424">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="Bulletedlist"/>
+      <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
@@ -3831,51 +6418,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DD751B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57082860"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -3920,51 +6507,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63FA38AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C96A95C2"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -4009,51 +6596,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D9373AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B89CB32C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="153"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -4102,983 +6689,1136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1779331526">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="122508475">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="150561495">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1859200284">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="313409379">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="121652566">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="280116489">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1443256612">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1530951143">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="448357710">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2031445181">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1609973220">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="733509697">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="340859762">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="686832823">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="91364649">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="800537351">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="482507940">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="962660881">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="633102199">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="55666127">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1158575533">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="897672737">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1485851289">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1792934957">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="55666127">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="26" w16cid:durableId="79983730">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1158575533">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="27" w16cid:durableId="23944258">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="897672737">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="28" w16cid:durableId="430976297">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1485851289">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="29" w16cid:durableId="578562309">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1792934957">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="30" w16cid:durableId="1297613035">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="79983730">
+  <w:num w:numId="31" w16cid:durableId="1512910824">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="812911721">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="141897465">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1261377618">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="382483985">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1204832170">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="23944258">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="23"/>
+  <w:num w:numId="37" w16cid:durableId="2016494818">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="157"/>
+  <w:zoom w:percent="142"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007603E0"/>
+    <w:rsid w:val="00000C38"/>
     <w:rsid w:val="00001899"/>
     <w:rsid w:val="000041D6"/>
     <w:rsid w:val="000049AD"/>
     <w:rsid w:val="000133C0"/>
     <w:rsid w:val="00014C4E"/>
     <w:rsid w:val="00017107"/>
     <w:rsid w:val="000202E2"/>
+    <w:rsid w:val="00021AD2"/>
     <w:rsid w:val="00022441"/>
     <w:rsid w:val="0002261E"/>
     <w:rsid w:val="00024839"/>
     <w:rsid w:val="00026871"/>
     <w:rsid w:val="00037A98"/>
     <w:rsid w:val="000427FB"/>
     <w:rsid w:val="0004455E"/>
     <w:rsid w:val="00047CB5"/>
     <w:rsid w:val="00051FAA"/>
+    <w:rsid w:val="0005410B"/>
     <w:rsid w:val="000572A9"/>
     <w:rsid w:val="00061325"/>
+    <w:rsid w:val="00070030"/>
     <w:rsid w:val="000733AC"/>
     <w:rsid w:val="00074D22"/>
     <w:rsid w:val="00075081"/>
     <w:rsid w:val="0007528A"/>
+    <w:rsid w:val="00077C37"/>
     <w:rsid w:val="000811AB"/>
     <w:rsid w:val="00083C5F"/>
     <w:rsid w:val="0009172C"/>
     <w:rsid w:val="000930EC"/>
     <w:rsid w:val="00095E61"/>
     <w:rsid w:val="000966C1"/>
     <w:rsid w:val="000970AC"/>
     <w:rsid w:val="000A1167"/>
     <w:rsid w:val="000A4428"/>
     <w:rsid w:val="000A6D40"/>
     <w:rsid w:val="000A7BC3"/>
     <w:rsid w:val="000B1661"/>
     <w:rsid w:val="000B2E88"/>
     <w:rsid w:val="000B4603"/>
     <w:rsid w:val="000C09BE"/>
     <w:rsid w:val="000C1380"/>
     <w:rsid w:val="000C554F"/>
     <w:rsid w:val="000D0DC5"/>
     <w:rsid w:val="000D15FF"/>
     <w:rsid w:val="000D28DF"/>
     <w:rsid w:val="000D488B"/>
     <w:rsid w:val="000D68DF"/>
     <w:rsid w:val="000E138D"/>
     <w:rsid w:val="000E187A"/>
     <w:rsid w:val="000E2D61"/>
     <w:rsid w:val="000E450E"/>
+    <w:rsid w:val="000E4858"/>
     <w:rsid w:val="000E6259"/>
     <w:rsid w:val="000F4677"/>
     <w:rsid w:val="000F5BE0"/>
     <w:rsid w:val="00100587"/>
     <w:rsid w:val="0010284E"/>
     <w:rsid w:val="00103122"/>
     <w:rsid w:val="0010336A"/>
     <w:rsid w:val="001050F1"/>
     <w:rsid w:val="00105AEA"/>
     <w:rsid w:val="00106DAF"/>
     <w:rsid w:val="00106FEF"/>
+    <w:rsid w:val="00113166"/>
+    <w:rsid w:val="00115A1F"/>
     <w:rsid w:val="00116023"/>
     <w:rsid w:val="00134A51"/>
     <w:rsid w:val="00140727"/>
     <w:rsid w:val="00160628"/>
     <w:rsid w:val="00161344"/>
     <w:rsid w:val="00162195"/>
     <w:rsid w:val="0016322A"/>
     <w:rsid w:val="00165A21"/>
     <w:rsid w:val="001705CE"/>
     <w:rsid w:val="0017714B"/>
     <w:rsid w:val="001804DF"/>
     <w:rsid w:val="00181BDC"/>
     <w:rsid w:val="00181DB0"/>
     <w:rsid w:val="001829E3"/>
+    <w:rsid w:val="001943A2"/>
     <w:rsid w:val="0019731E"/>
     <w:rsid w:val="001A09FE"/>
+    <w:rsid w:val="001A188D"/>
     <w:rsid w:val="001A67C9"/>
     <w:rsid w:val="001A69DE"/>
+    <w:rsid w:val="001B1989"/>
     <w:rsid w:val="001B1C7C"/>
     <w:rsid w:val="001B398F"/>
     <w:rsid w:val="001B46C6"/>
     <w:rsid w:val="001B4B48"/>
     <w:rsid w:val="001B4D1F"/>
+    <w:rsid w:val="001B4EC3"/>
     <w:rsid w:val="001B7681"/>
     <w:rsid w:val="001B7CAE"/>
+    <w:rsid w:val="001C04C4"/>
     <w:rsid w:val="001C0772"/>
     <w:rsid w:val="001C0D4F"/>
     <w:rsid w:val="001C1DEC"/>
     <w:rsid w:val="001C5736"/>
     <w:rsid w:val="001D4A49"/>
+    <w:rsid w:val="001D7090"/>
     <w:rsid w:val="001E0572"/>
     <w:rsid w:val="001E0A67"/>
     <w:rsid w:val="001E1028"/>
     <w:rsid w:val="001E14E2"/>
     <w:rsid w:val="001E6302"/>
     <w:rsid w:val="001E7DCB"/>
     <w:rsid w:val="001F3411"/>
     <w:rsid w:val="001F4287"/>
     <w:rsid w:val="001F4DBA"/>
     <w:rsid w:val="0020415E"/>
     <w:rsid w:val="00204FF4"/>
     <w:rsid w:val="0021056E"/>
     <w:rsid w:val="0021075D"/>
     <w:rsid w:val="0021165A"/>
+    <w:rsid w:val="0021194C"/>
     <w:rsid w:val="00211BC9"/>
     <w:rsid w:val="0021620C"/>
     <w:rsid w:val="00216E78"/>
     <w:rsid w:val="00217275"/>
     <w:rsid w:val="00221AA2"/>
     <w:rsid w:val="00231BB0"/>
     <w:rsid w:val="00236F4B"/>
     <w:rsid w:val="00242B0D"/>
+    <w:rsid w:val="002434D3"/>
     <w:rsid w:val="002467C6"/>
     <w:rsid w:val="0024692A"/>
+    <w:rsid w:val="00252547"/>
     <w:rsid w:val="00252BBA"/>
     <w:rsid w:val="00253123"/>
+    <w:rsid w:val="00261C6A"/>
     <w:rsid w:val="00264001"/>
     <w:rsid w:val="00266354"/>
     <w:rsid w:val="00267A18"/>
     <w:rsid w:val="00273462"/>
     <w:rsid w:val="0027395B"/>
     <w:rsid w:val="00275854"/>
     <w:rsid w:val="00283B41"/>
+    <w:rsid w:val="002850C8"/>
     <w:rsid w:val="00285F28"/>
     <w:rsid w:val="00286398"/>
     <w:rsid w:val="002A3C42"/>
     <w:rsid w:val="002A5D75"/>
     <w:rsid w:val="002B1B1A"/>
     <w:rsid w:val="002B7228"/>
     <w:rsid w:val="002C53EE"/>
     <w:rsid w:val="002D24F7"/>
     <w:rsid w:val="002D2799"/>
     <w:rsid w:val="002D2CD7"/>
     <w:rsid w:val="002D4DDC"/>
     <w:rsid w:val="002D4F75"/>
     <w:rsid w:val="002D6493"/>
     <w:rsid w:val="002D7AB6"/>
     <w:rsid w:val="002E06D0"/>
     <w:rsid w:val="002E3C27"/>
     <w:rsid w:val="002E403A"/>
+    <w:rsid w:val="002E5DCC"/>
     <w:rsid w:val="002E7F3A"/>
     <w:rsid w:val="002F4EDB"/>
+    <w:rsid w:val="002F4F66"/>
     <w:rsid w:val="002F6054"/>
     <w:rsid w:val="0030121A"/>
     <w:rsid w:val="00315713"/>
     <w:rsid w:val="0031686C"/>
     <w:rsid w:val="00316FE0"/>
     <w:rsid w:val="003204D2"/>
+    <w:rsid w:val="00320530"/>
     <w:rsid w:val="0032605E"/>
     <w:rsid w:val="003275D1"/>
+    <w:rsid w:val="00330922"/>
     <w:rsid w:val="00330B2A"/>
     <w:rsid w:val="00331E17"/>
     <w:rsid w:val="00333063"/>
     <w:rsid w:val="003408E3"/>
     <w:rsid w:val="00343480"/>
     <w:rsid w:val="00345E89"/>
     <w:rsid w:val="003522A1"/>
     <w:rsid w:val="0035254B"/>
     <w:rsid w:val="00353555"/>
     <w:rsid w:val="003565D4"/>
     <w:rsid w:val="003607FB"/>
     <w:rsid w:val="00360FD5"/>
     <w:rsid w:val="003634A5"/>
     <w:rsid w:val="00366868"/>
     <w:rsid w:val="00367506"/>
     <w:rsid w:val="00370085"/>
+    <w:rsid w:val="003718A8"/>
     <w:rsid w:val="003744A7"/>
     <w:rsid w:val="00376235"/>
     <w:rsid w:val="00381FB6"/>
     <w:rsid w:val="003836D3"/>
     <w:rsid w:val="00383A52"/>
     <w:rsid w:val="00391652"/>
     <w:rsid w:val="0039507F"/>
     <w:rsid w:val="003A1260"/>
     <w:rsid w:val="003A295F"/>
     <w:rsid w:val="003A41DD"/>
     <w:rsid w:val="003A7033"/>
     <w:rsid w:val="003B47FE"/>
     <w:rsid w:val="003B5673"/>
     <w:rsid w:val="003B62C9"/>
     <w:rsid w:val="003C7176"/>
     <w:rsid w:val="003D0929"/>
     <w:rsid w:val="003D4729"/>
     <w:rsid w:val="003D7DD6"/>
+    <w:rsid w:val="003E1925"/>
     <w:rsid w:val="003E5AAF"/>
     <w:rsid w:val="003E600D"/>
     <w:rsid w:val="003E64DF"/>
     <w:rsid w:val="003E6A5D"/>
     <w:rsid w:val="003F193A"/>
     <w:rsid w:val="003F4207"/>
     <w:rsid w:val="003F5C46"/>
     <w:rsid w:val="003F7CBB"/>
     <w:rsid w:val="003F7D34"/>
     <w:rsid w:val="00412C8E"/>
     <w:rsid w:val="0041518D"/>
     <w:rsid w:val="0042221D"/>
+    <w:rsid w:val="004235AE"/>
     <w:rsid w:val="00424DD3"/>
     <w:rsid w:val="004269C5"/>
+    <w:rsid w:val="004336C2"/>
     <w:rsid w:val="00435939"/>
     <w:rsid w:val="00437CC7"/>
     <w:rsid w:val="00442B9C"/>
     <w:rsid w:val="0044738A"/>
     <w:rsid w:val="004473D3"/>
     <w:rsid w:val="00452231"/>
     <w:rsid w:val="00460C13"/>
     <w:rsid w:val="00463228"/>
     <w:rsid w:val="00463782"/>
+    <w:rsid w:val="00465A0C"/>
+    <w:rsid w:val="00465D70"/>
     <w:rsid w:val="004667E0"/>
     <w:rsid w:val="0046760E"/>
     <w:rsid w:val="00470E10"/>
+    <w:rsid w:val="00472543"/>
     <w:rsid w:val="00473368"/>
     <w:rsid w:val="00477A97"/>
     <w:rsid w:val="00481343"/>
     <w:rsid w:val="00483796"/>
+    <w:rsid w:val="00484DE5"/>
     <w:rsid w:val="0048549E"/>
+    <w:rsid w:val="004919CD"/>
     <w:rsid w:val="00493347"/>
     <w:rsid w:val="00496092"/>
+    <w:rsid w:val="004A00DD"/>
     <w:rsid w:val="004A08DB"/>
     <w:rsid w:val="004A25D0"/>
     <w:rsid w:val="004A37E8"/>
     <w:rsid w:val="004A7549"/>
     <w:rsid w:val="004B09D4"/>
     <w:rsid w:val="004B2BDB"/>
     <w:rsid w:val="004B330A"/>
     <w:rsid w:val="004B7C8E"/>
+    <w:rsid w:val="004C1DDE"/>
+    <w:rsid w:val="004C26AB"/>
     <w:rsid w:val="004D0EDC"/>
     <w:rsid w:val="004D1220"/>
     <w:rsid w:val="004D14B3"/>
     <w:rsid w:val="004D1529"/>
     <w:rsid w:val="004D2253"/>
     <w:rsid w:val="004D5514"/>
     <w:rsid w:val="004D56C3"/>
     <w:rsid w:val="004E0338"/>
     <w:rsid w:val="004E4FF3"/>
     <w:rsid w:val="004E56A8"/>
     <w:rsid w:val="004F3B55"/>
     <w:rsid w:val="004F4E46"/>
     <w:rsid w:val="004F6B7D"/>
+    <w:rsid w:val="004F7D36"/>
     <w:rsid w:val="005015F6"/>
     <w:rsid w:val="005030C4"/>
     <w:rsid w:val="005031C5"/>
     <w:rsid w:val="00504FDC"/>
     <w:rsid w:val="005120CC"/>
     <w:rsid w:val="00512B7B"/>
     <w:rsid w:val="00514EA1"/>
     <w:rsid w:val="00516AAB"/>
     <w:rsid w:val="0051798B"/>
     <w:rsid w:val="00521F5A"/>
+    <w:rsid w:val="005248E3"/>
     <w:rsid w:val="00525E06"/>
     <w:rsid w:val="00526454"/>
     <w:rsid w:val="00531823"/>
     <w:rsid w:val="00534ECC"/>
     <w:rsid w:val="0053720D"/>
     <w:rsid w:val="00540EF5"/>
     <w:rsid w:val="00541BF3"/>
     <w:rsid w:val="00541CD3"/>
     <w:rsid w:val="005476FA"/>
     <w:rsid w:val="0055595E"/>
     <w:rsid w:val="00557988"/>
     <w:rsid w:val="00562C49"/>
     <w:rsid w:val="00562DEF"/>
     <w:rsid w:val="00563A35"/>
+    <w:rsid w:val="00563C69"/>
     <w:rsid w:val="00566596"/>
     <w:rsid w:val="005730B0"/>
     <w:rsid w:val="005741E9"/>
     <w:rsid w:val="005748CF"/>
+    <w:rsid w:val="00582356"/>
     <w:rsid w:val="00584270"/>
     <w:rsid w:val="00584738"/>
     <w:rsid w:val="005920B0"/>
     <w:rsid w:val="0059380D"/>
     <w:rsid w:val="00595A8F"/>
     <w:rsid w:val="00597BF2"/>
     <w:rsid w:val="005B134E"/>
     <w:rsid w:val="005B2039"/>
     <w:rsid w:val="005B344F"/>
     <w:rsid w:val="005B3FBA"/>
+    <w:rsid w:val="005B40CD"/>
     <w:rsid w:val="005B4A1D"/>
+    <w:rsid w:val="005B57C7"/>
     <w:rsid w:val="005B674D"/>
+    <w:rsid w:val="005C0061"/>
     <w:rsid w:val="005C0CBE"/>
     <w:rsid w:val="005C1FCF"/>
     <w:rsid w:val="005D1885"/>
+    <w:rsid w:val="005D3235"/>
     <w:rsid w:val="005D4A38"/>
     <w:rsid w:val="005E2EEA"/>
     <w:rsid w:val="005E3708"/>
     <w:rsid w:val="005E3CCD"/>
     <w:rsid w:val="005E3D6B"/>
     <w:rsid w:val="005E5E4A"/>
     <w:rsid w:val="005E693D"/>
     <w:rsid w:val="005E75BF"/>
     <w:rsid w:val="005F57BA"/>
     <w:rsid w:val="005F61E6"/>
     <w:rsid w:val="005F6C45"/>
+    <w:rsid w:val="0060446D"/>
     <w:rsid w:val="00605A69"/>
     <w:rsid w:val="00606C54"/>
     <w:rsid w:val="00614375"/>
     <w:rsid w:val="00615B0A"/>
     <w:rsid w:val="006168CF"/>
     <w:rsid w:val="0062011B"/>
+    <w:rsid w:val="0062437B"/>
     <w:rsid w:val="00626DE0"/>
     <w:rsid w:val="00630901"/>
     <w:rsid w:val="00631F8E"/>
     <w:rsid w:val="00636EE9"/>
     <w:rsid w:val="00640950"/>
     <w:rsid w:val="00641AE7"/>
     <w:rsid w:val="00642629"/>
     <w:rsid w:val="00644D99"/>
     <w:rsid w:val="0065293D"/>
+    <w:rsid w:val="00653E88"/>
     <w:rsid w:val="00653EFC"/>
     <w:rsid w:val="00654021"/>
     <w:rsid w:val="00661045"/>
     <w:rsid w:val="00666DA8"/>
+    <w:rsid w:val="00670638"/>
     <w:rsid w:val="00671057"/>
     <w:rsid w:val="00675AAF"/>
     <w:rsid w:val="0068031A"/>
     <w:rsid w:val="00681B2F"/>
     <w:rsid w:val="0068335F"/>
+    <w:rsid w:val="00690C94"/>
     <w:rsid w:val="00693302"/>
     <w:rsid w:val="0069640B"/>
+    <w:rsid w:val="006A1A1F"/>
     <w:rsid w:val="006A1B83"/>
     <w:rsid w:val="006A21CD"/>
     <w:rsid w:val="006A5918"/>
     <w:rsid w:val="006B21B2"/>
+    <w:rsid w:val="006B2EAB"/>
     <w:rsid w:val="006B4A4A"/>
+    <w:rsid w:val="006C1594"/>
     <w:rsid w:val="006C19B2"/>
     <w:rsid w:val="006C5BB8"/>
     <w:rsid w:val="006C6936"/>
     <w:rsid w:val="006C7B01"/>
     <w:rsid w:val="006D0FE8"/>
     <w:rsid w:val="006D4B2B"/>
     <w:rsid w:val="006D4F3C"/>
     <w:rsid w:val="006D5C66"/>
     <w:rsid w:val="006E1B3C"/>
     <w:rsid w:val="006E23FB"/>
     <w:rsid w:val="006E325A"/>
     <w:rsid w:val="006E33EC"/>
     <w:rsid w:val="006E3802"/>
     <w:rsid w:val="006E6C02"/>
+    <w:rsid w:val="006F0BEE"/>
     <w:rsid w:val="006F231A"/>
     <w:rsid w:val="006F788D"/>
     <w:rsid w:val="006F78E1"/>
     <w:rsid w:val="00701072"/>
     <w:rsid w:val="00702054"/>
     <w:rsid w:val="007035A4"/>
     <w:rsid w:val="00711799"/>
     <w:rsid w:val="00712B78"/>
     <w:rsid w:val="0071393B"/>
+    <w:rsid w:val="00713A65"/>
     <w:rsid w:val="00713EE2"/>
     <w:rsid w:val="007177FC"/>
     <w:rsid w:val="00720C5E"/>
     <w:rsid w:val="00721701"/>
     <w:rsid w:val="00731835"/>
     <w:rsid w:val="007341F8"/>
     <w:rsid w:val="00734372"/>
     <w:rsid w:val="00734EB8"/>
     <w:rsid w:val="00735F8B"/>
     <w:rsid w:val="00742D1F"/>
     <w:rsid w:val="00743EBA"/>
     <w:rsid w:val="00744C8E"/>
     <w:rsid w:val="0074707E"/>
     <w:rsid w:val="007516DC"/>
+    <w:rsid w:val="00753B23"/>
     <w:rsid w:val="00754B80"/>
     <w:rsid w:val="007603E0"/>
     <w:rsid w:val="00761918"/>
     <w:rsid w:val="00762F03"/>
     <w:rsid w:val="0076413B"/>
     <w:rsid w:val="007648AE"/>
     <w:rsid w:val="00764BF8"/>
     <w:rsid w:val="0076514D"/>
+    <w:rsid w:val="00766C07"/>
+    <w:rsid w:val="00767ED7"/>
     <w:rsid w:val="00773D59"/>
     <w:rsid w:val="00781003"/>
     <w:rsid w:val="007839F5"/>
     <w:rsid w:val="00790B81"/>
     <w:rsid w:val="007911FD"/>
     <w:rsid w:val="00793930"/>
     <w:rsid w:val="00793DD1"/>
+    <w:rsid w:val="00794A60"/>
     <w:rsid w:val="00794FEC"/>
     <w:rsid w:val="007A003E"/>
     <w:rsid w:val="007A1965"/>
     <w:rsid w:val="007A2ED1"/>
     <w:rsid w:val="007A4BE6"/>
     <w:rsid w:val="007B0DC6"/>
     <w:rsid w:val="007B1094"/>
     <w:rsid w:val="007B1762"/>
+    <w:rsid w:val="007B213A"/>
     <w:rsid w:val="007B3320"/>
     <w:rsid w:val="007C301F"/>
     <w:rsid w:val="007C4540"/>
     <w:rsid w:val="007C65AF"/>
     <w:rsid w:val="007D135D"/>
+    <w:rsid w:val="007D699B"/>
     <w:rsid w:val="007D730F"/>
     <w:rsid w:val="007D7CD8"/>
     <w:rsid w:val="007E3AA7"/>
     <w:rsid w:val="007F737D"/>
     <w:rsid w:val="008009AF"/>
+    <w:rsid w:val="00802AAC"/>
     <w:rsid w:val="0080308E"/>
     <w:rsid w:val="00806705"/>
     <w:rsid w:val="00806738"/>
     <w:rsid w:val="008216D5"/>
     <w:rsid w:val="008249CE"/>
+    <w:rsid w:val="00825246"/>
     <w:rsid w:val="00831A50"/>
     <w:rsid w:val="00831B3C"/>
     <w:rsid w:val="00831C89"/>
     <w:rsid w:val="00832114"/>
     <w:rsid w:val="0083257D"/>
     <w:rsid w:val="00834C46"/>
     <w:rsid w:val="0084093E"/>
     <w:rsid w:val="00841CE1"/>
+    <w:rsid w:val="008431B0"/>
     <w:rsid w:val="008452FC"/>
     <w:rsid w:val="008473D8"/>
     <w:rsid w:val="008528DC"/>
     <w:rsid w:val="00852B8C"/>
     <w:rsid w:val="00854981"/>
     <w:rsid w:val="008568D7"/>
+    <w:rsid w:val="00857F99"/>
+    <w:rsid w:val="0086230B"/>
     <w:rsid w:val="00864B2E"/>
     <w:rsid w:val="00865963"/>
+    <w:rsid w:val="008659A0"/>
+    <w:rsid w:val="00867EFC"/>
     <w:rsid w:val="0087450E"/>
     <w:rsid w:val="00875A82"/>
     <w:rsid w:val="00876CA3"/>
     <w:rsid w:val="008772FE"/>
     <w:rsid w:val="008775F1"/>
     <w:rsid w:val="008821AE"/>
     <w:rsid w:val="00883D3A"/>
     <w:rsid w:val="008854F7"/>
     <w:rsid w:val="00885A9D"/>
     <w:rsid w:val="008929D2"/>
     <w:rsid w:val="00893636"/>
     <w:rsid w:val="00893B94"/>
     <w:rsid w:val="00896E9D"/>
     <w:rsid w:val="00896F11"/>
     <w:rsid w:val="008A1049"/>
     <w:rsid w:val="008A1C98"/>
     <w:rsid w:val="008A322D"/>
     <w:rsid w:val="008A4D72"/>
     <w:rsid w:val="008A6285"/>
     <w:rsid w:val="008A63B2"/>
     <w:rsid w:val="008B345D"/>
+    <w:rsid w:val="008C0AD5"/>
     <w:rsid w:val="008C1FC2"/>
     <w:rsid w:val="008C2980"/>
     <w:rsid w:val="008C5AFB"/>
     <w:rsid w:val="008D07FB"/>
     <w:rsid w:val="008D0C02"/>
     <w:rsid w:val="008D357D"/>
+    <w:rsid w:val="008D7F2C"/>
     <w:rsid w:val="008E387B"/>
     <w:rsid w:val="008E6087"/>
     <w:rsid w:val="008E758D"/>
+    <w:rsid w:val="008F0346"/>
     <w:rsid w:val="008F10A7"/>
+    <w:rsid w:val="008F5736"/>
     <w:rsid w:val="008F755D"/>
     <w:rsid w:val="008F7A39"/>
     <w:rsid w:val="009021E8"/>
     <w:rsid w:val="00911440"/>
     <w:rsid w:val="00911712"/>
     <w:rsid w:val="00911B27"/>
     <w:rsid w:val="009170BE"/>
     <w:rsid w:val="0092002D"/>
     <w:rsid w:val="00920B55"/>
     <w:rsid w:val="009262C9"/>
     <w:rsid w:val="00930EB9"/>
     <w:rsid w:val="00933BC4"/>
     <w:rsid w:val="00933DC7"/>
     <w:rsid w:val="009418F4"/>
     <w:rsid w:val="00942BBC"/>
     <w:rsid w:val="00944180"/>
     <w:rsid w:val="00944240"/>
     <w:rsid w:val="00944AA0"/>
     <w:rsid w:val="00947DA2"/>
     <w:rsid w:val="00951177"/>
+    <w:rsid w:val="00961E4B"/>
     <w:rsid w:val="009673E8"/>
+    <w:rsid w:val="00974722"/>
     <w:rsid w:val="00974DB8"/>
     <w:rsid w:val="00980661"/>
     <w:rsid w:val="0098093B"/>
     <w:rsid w:val="009876D4"/>
     <w:rsid w:val="009914A5"/>
     <w:rsid w:val="0099548E"/>
     <w:rsid w:val="00996456"/>
+    <w:rsid w:val="009964B3"/>
     <w:rsid w:val="00996A12"/>
     <w:rsid w:val="00997B0F"/>
     <w:rsid w:val="009A1CAD"/>
     <w:rsid w:val="009A3440"/>
+    <w:rsid w:val="009A56B2"/>
     <w:rsid w:val="009A5832"/>
     <w:rsid w:val="009A6838"/>
     <w:rsid w:val="009B24B5"/>
     <w:rsid w:val="009B4EBC"/>
     <w:rsid w:val="009B5ABB"/>
     <w:rsid w:val="009B73CE"/>
     <w:rsid w:val="009C2461"/>
+    <w:rsid w:val="009C4933"/>
     <w:rsid w:val="009C6FE2"/>
     <w:rsid w:val="009C7674"/>
     <w:rsid w:val="009D004A"/>
     <w:rsid w:val="009D5880"/>
+    <w:rsid w:val="009E0B61"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E51D1"/>
     <w:rsid w:val="009E5531"/>
+    <w:rsid w:val="009F1413"/>
     <w:rsid w:val="009F171E"/>
     <w:rsid w:val="009F3D2F"/>
     <w:rsid w:val="009F7052"/>
     <w:rsid w:val="00A02668"/>
     <w:rsid w:val="00A02801"/>
     <w:rsid w:val="00A050A4"/>
     <w:rsid w:val="00A06A39"/>
     <w:rsid w:val="00A07F58"/>
     <w:rsid w:val="00A131CB"/>
     <w:rsid w:val="00A14847"/>
     <w:rsid w:val="00A16D6D"/>
     <w:rsid w:val="00A21383"/>
     <w:rsid w:val="00A2199F"/>
     <w:rsid w:val="00A21B31"/>
     <w:rsid w:val="00A2360E"/>
     <w:rsid w:val="00A26E0C"/>
+    <w:rsid w:val="00A3001B"/>
     <w:rsid w:val="00A32FCB"/>
     <w:rsid w:val="00A34C25"/>
     <w:rsid w:val="00A3507D"/>
     <w:rsid w:val="00A3717A"/>
     <w:rsid w:val="00A4088C"/>
     <w:rsid w:val="00A4456B"/>
     <w:rsid w:val="00A448D4"/>
     <w:rsid w:val="00A452E0"/>
     <w:rsid w:val="00A51EA5"/>
     <w:rsid w:val="00A53742"/>
     <w:rsid w:val="00A557A1"/>
+    <w:rsid w:val="00A6085E"/>
     <w:rsid w:val="00A63059"/>
     <w:rsid w:val="00A63AE3"/>
     <w:rsid w:val="00A651A4"/>
+    <w:rsid w:val="00A657FF"/>
     <w:rsid w:val="00A71361"/>
     <w:rsid w:val="00A746E2"/>
+    <w:rsid w:val="00A77948"/>
     <w:rsid w:val="00A81FF2"/>
     <w:rsid w:val="00A83904"/>
     <w:rsid w:val="00A90A79"/>
     <w:rsid w:val="00A96B30"/>
+    <w:rsid w:val="00AA1D02"/>
     <w:rsid w:val="00AA59B5"/>
     <w:rsid w:val="00AA7777"/>
     <w:rsid w:val="00AA7B84"/>
+    <w:rsid w:val="00AB72BA"/>
     <w:rsid w:val="00AC0B4C"/>
     <w:rsid w:val="00AC1164"/>
     <w:rsid w:val="00AC2296"/>
     <w:rsid w:val="00AC2754"/>
     <w:rsid w:val="00AC47E3"/>
     <w:rsid w:val="00AC48B0"/>
     <w:rsid w:val="00AC4ACD"/>
     <w:rsid w:val="00AC5DFB"/>
     <w:rsid w:val="00AD13DC"/>
+    <w:rsid w:val="00AD521E"/>
     <w:rsid w:val="00AD6DE2"/>
     <w:rsid w:val="00AE0A40"/>
     <w:rsid w:val="00AE1ED4"/>
     <w:rsid w:val="00AE21E1"/>
+    <w:rsid w:val="00AE2212"/>
     <w:rsid w:val="00AE2F8D"/>
     <w:rsid w:val="00AE3BAE"/>
     <w:rsid w:val="00AE6A21"/>
     <w:rsid w:val="00AF1C8F"/>
     <w:rsid w:val="00AF2B68"/>
     <w:rsid w:val="00AF2C92"/>
     <w:rsid w:val="00AF3EC1"/>
     <w:rsid w:val="00AF5025"/>
     <w:rsid w:val="00AF519F"/>
     <w:rsid w:val="00AF5387"/>
     <w:rsid w:val="00AF55F5"/>
     <w:rsid w:val="00AF7E86"/>
     <w:rsid w:val="00B024B9"/>
     <w:rsid w:val="00B077FA"/>
+    <w:rsid w:val="00B124DB"/>
     <w:rsid w:val="00B127D7"/>
     <w:rsid w:val="00B13B0C"/>
     <w:rsid w:val="00B1453A"/>
     <w:rsid w:val="00B20F82"/>
     <w:rsid w:val="00B25726"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B34079"/>
     <w:rsid w:val="00B3793A"/>
     <w:rsid w:val="00B401BA"/>
     <w:rsid w:val="00B407E4"/>
     <w:rsid w:val="00B415A7"/>
     <w:rsid w:val="00B425B6"/>
     <w:rsid w:val="00B42A72"/>
     <w:rsid w:val="00B441AE"/>
     <w:rsid w:val="00B45F33"/>
     <w:rsid w:val="00B46D50"/>
     <w:rsid w:val="00B53170"/>
+    <w:rsid w:val="00B531E8"/>
     <w:rsid w:val="00B56DDC"/>
     <w:rsid w:val="00B62999"/>
     <w:rsid w:val="00B63BE3"/>
     <w:rsid w:val="00B64885"/>
     <w:rsid w:val="00B66810"/>
     <w:rsid w:val="00B72BE3"/>
     <w:rsid w:val="00B73B80"/>
     <w:rsid w:val="00B770C7"/>
     <w:rsid w:val="00B80F26"/>
     <w:rsid w:val="00B822BD"/>
     <w:rsid w:val="00B842F4"/>
+    <w:rsid w:val="00B87A25"/>
     <w:rsid w:val="00B91A7B"/>
     <w:rsid w:val="00B929DD"/>
+    <w:rsid w:val="00B92A4B"/>
+    <w:rsid w:val="00B94995"/>
     <w:rsid w:val="00B95405"/>
     <w:rsid w:val="00B963F1"/>
+    <w:rsid w:val="00B97CD4"/>
     <w:rsid w:val="00BA020A"/>
     <w:rsid w:val="00BB02A4"/>
     <w:rsid w:val="00BB1270"/>
     <w:rsid w:val="00BB1E44"/>
     <w:rsid w:val="00BB5267"/>
     <w:rsid w:val="00BB52B8"/>
     <w:rsid w:val="00BB59D8"/>
     <w:rsid w:val="00BB7E69"/>
+    <w:rsid w:val="00BC0F37"/>
     <w:rsid w:val="00BC3C1F"/>
+    <w:rsid w:val="00BC46A6"/>
+    <w:rsid w:val="00BC4F7B"/>
     <w:rsid w:val="00BC7CE7"/>
     <w:rsid w:val="00BD295E"/>
+    <w:rsid w:val="00BD4164"/>
     <w:rsid w:val="00BD4664"/>
     <w:rsid w:val="00BE1193"/>
     <w:rsid w:val="00BF4849"/>
     <w:rsid w:val="00BF4EA7"/>
     <w:rsid w:val="00C000C4"/>
     <w:rsid w:val="00C00EDB"/>
     <w:rsid w:val="00C02863"/>
     <w:rsid w:val="00C0383A"/>
     <w:rsid w:val="00C067FF"/>
+    <w:rsid w:val="00C10DE0"/>
     <w:rsid w:val="00C12862"/>
     <w:rsid w:val="00C13D28"/>
     <w:rsid w:val="00C14585"/>
     <w:rsid w:val="00C165A0"/>
     <w:rsid w:val="00C216CE"/>
     <w:rsid w:val="00C2184F"/>
     <w:rsid w:val="00C22A78"/>
     <w:rsid w:val="00C23C7E"/>
     <w:rsid w:val="00C246C5"/>
     <w:rsid w:val="00C25A82"/>
     <w:rsid w:val="00C30A2A"/>
     <w:rsid w:val="00C33993"/>
+    <w:rsid w:val="00C3577D"/>
     <w:rsid w:val="00C4069E"/>
     <w:rsid w:val="00C41ADC"/>
     <w:rsid w:val="00C44149"/>
     <w:rsid w:val="00C44410"/>
     <w:rsid w:val="00C44A15"/>
     <w:rsid w:val="00C4630A"/>
+    <w:rsid w:val="00C518FF"/>
     <w:rsid w:val="00C523F0"/>
     <w:rsid w:val="00C526D2"/>
     <w:rsid w:val="00C5794E"/>
     <w:rsid w:val="00C60968"/>
     <w:rsid w:val="00C63D39"/>
     <w:rsid w:val="00C63EDD"/>
     <w:rsid w:val="00C65B36"/>
     <w:rsid w:val="00C71DD6"/>
     <w:rsid w:val="00C7292E"/>
     <w:rsid w:val="00C74E88"/>
     <w:rsid w:val="00C80924"/>
     <w:rsid w:val="00C8286B"/>
     <w:rsid w:val="00C845CA"/>
     <w:rsid w:val="00C947F8"/>
     <w:rsid w:val="00C9515F"/>
     <w:rsid w:val="00C963C5"/>
     <w:rsid w:val="00CA030C"/>
     <w:rsid w:val="00CA1F41"/>
+    <w:rsid w:val="00CA2698"/>
     <w:rsid w:val="00CA32EE"/>
     <w:rsid w:val="00CA6A1A"/>
     <w:rsid w:val="00CC1E75"/>
     <w:rsid w:val="00CC2E0E"/>
     <w:rsid w:val="00CC361C"/>
     <w:rsid w:val="00CC474B"/>
     <w:rsid w:val="00CC658C"/>
     <w:rsid w:val="00CC67BF"/>
     <w:rsid w:val="00CD0843"/>
     <w:rsid w:val="00CD5A78"/>
+    <w:rsid w:val="00CD6F59"/>
     <w:rsid w:val="00CD7345"/>
     <w:rsid w:val="00CE372E"/>
     <w:rsid w:val="00CF0A1B"/>
     <w:rsid w:val="00CF19F6"/>
     <w:rsid w:val="00CF1DAD"/>
     <w:rsid w:val="00CF2F4F"/>
     <w:rsid w:val="00CF536D"/>
     <w:rsid w:val="00D10CB8"/>
     <w:rsid w:val="00D12806"/>
     <w:rsid w:val="00D12D44"/>
     <w:rsid w:val="00D15018"/>
     <w:rsid w:val="00D158AC"/>
     <w:rsid w:val="00D1694C"/>
+    <w:rsid w:val="00D17FA2"/>
     <w:rsid w:val="00D20F5E"/>
     <w:rsid w:val="00D23B76"/>
     <w:rsid w:val="00D379A3"/>
     <w:rsid w:val="00D43272"/>
     <w:rsid w:val="00D45FF3"/>
     <w:rsid w:val="00D512CF"/>
     <w:rsid w:val="00D528B9"/>
     <w:rsid w:val="00D53186"/>
     <w:rsid w:val="00D5487D"/>
     <w:rsid w:val="00D60140"/>
     <w:rsid w:val="00D6024A"/>
     <w:rsid w:val="00D608B5"/>
+    <w:rsid w:val="00D66E4B"/>
+    <w:rsid w:val="00D70022"/>
+    <w:rsid w:val="00D709E7"/>
     <w:rsid w:val="00D71F99"/>
     <w:rsid w:val="00D73CA4"/>
     <w:rsid w:val="00D73D71"/>
     <w:rsid w:val="00D74396"/>
     <w:rsid w:val="00D80284"/>
     <w:rsid w:val="00D81F71"/>
     <w:rsid w:val="00D8642D"/>
     <w:rsid w:val="00D90A5E"/>
     <w:rsid w:val="00D91A68"/>
     <w:rsid w:val="00D95A68"/>
     <w:rsid w:val="00DA17C7"/>
     <w:rsid w:val="00DA6A9A"/>
     <w:rsid w:val="00DB1EFD"/>
     <w:rsid w:val="00DB3EAF"/>
+    <w:rsid w:val="00DC01DA"/>
     <w:rsid w:val="00DC3203"/>
     <w:rsid w:val="00DC3C99"/>
     <w:rsid w:val="00DC52F5"/>
     <w:rsid w:val="00DC5B61"/>
     <w:rsid w:val="00DC5FD0"/>
     <w:rsid w:val="00DD0354"/>
     <w:rsid w:val="00DD27D7"/>
+    <w:rsid w:val="00DD4289"/>
     <w:rsid w:val="00DD458C"/>
     <w:rsid w:val="00DD72E9"/>
     <w:rsid w:val="00DD7605"/>
     <w:rsid w:val="00DE2020"/>
     <w:rsid w:val="00DE3476"/>
     <w:rsid w:val="00DF5B84"/>
     <w:rsid w:val="00DF6D5B"/>
     <w:rsid w:val="00DF771B"/>
     <w:rsid w:val="00DF7EE2"/>
     <w:rsid w:val="00E01BAA"/>
     <w:rsid w:val="00E0282A"/>
     <w:rsid w:val="00E07E14"/>
     <w:rsid w:val="00E14F94"/>
     <w:rsid w:val="00E17336"/>
     <w:rsid w:val="00E17D15"/>
     <w:rsid w:val="00E22B95"/>
     <w:rsid w:val="00E30331"/>
     <w:rsid w:val="00E30BB8"/>
     <w:rsid w:val="00E31F9C"/>
     <w:rsid w:val="00E40488"/>
     <w:rsid w:val="00E50367"/>
     <w:rsid w:val="00E51ABA"/>
     <w:rsid w:val="00E524CB"/>
     <w:rsid w:val="00E65456"/>
     <w:rsid w:val="00E65A91"/>
     <w:rsid w:val="00E66188"/>
     <w:rsid w:val="00E664FB"/>
     <w:rsid w:val="00E70373"/>
     <w:rsid w:val="00E72E40"/>
     <w:rsid w:val="00E73665"/>
     <w:rsid w:val="00E73999"/>
     <w:rsid w:val="00E73BDC"/>
     <w:rsid w:val="00E73E9E"/>
     <w:rsid w:val="00E759E2"/>
     <w:rsid w:val="00E77DB9"/>
     <w:rsid w:val="00E81660"/>
     <w:rsid w:val="00E854FE"/>
     <w:rsid w:val="00E906CC"/>
+    <w:rsid w:val="00E90B0A"/>
     <w:rsid w:val="00E939A0"/>
     <w:rsid w:val="00E97E4E"/>
+    <w:rsid w:val="00EA0F5F"/>
     <w:rsid w:val="00EA1CC2"/>
     <w:rsid w:val="00EA2D76"/>
     <w:rsid w:val="00EA4644"/>
+    <w:rsid w:val="00EA7448"/>
     <w:rsid w:val="00EA758A"/>
     <w:rsid w:val="00EB199F"/>
     <w:rsid w:val="00EB27C4"/>
     <w:rsid w:val="00EB5387"/>
     <w:rsid w:val="00EB5C10"/>
     <w:rsid w:val="00EB7322"/>
     <w:rsid w:val="00EC0FE9"/>
     <w:rsid w:val="00EC426D"/>
     <w:rsid w:val="00EC571B"/>
     <w:rsid w:val="00EC57D7"/>
     <w:rsid w:val="00EC6385"/>
     <w:rsid w:val="00ED1DE9"/>
     <w:rsid w:val="00ED23D4"/>
     <w:rsid w:val="00ED5E0B"/>
     <w:rsid w:val="00EE37B6"/>
     <w:rsid w:val="00EF0F45"/>
     <w:rsid w:val="00EF7463"/>
     <w:rsid w:val="00F002EF"/>
     <w:rsid w:val="00F01EE9"/>
     <w:rsid w:val="00F02F94"/>
     <w:rsid w:val="00F04900"/>
     <w:rsid w:val="00F065A4"/>
     <w:rsid w:val="00F126B9"/>
     <w:rsid w:val="00F12715"/>
     <w:rsid w:val="00F144D5"/>
     <w:rsid w:val="00F146F0"/>
     <w:rsid w:val="00F15039"/>
     <w:rsid w:val="00F20FF3"/>
     <w:rsid w:val="00F2190B"/>
     <w:rsid w:val="00F228B5"/>
     <w:rsid w:val="00F2389C"/>
     <w:rsid w:val="00F25C67"/>
     <w:rsid w:val="00F30DFF"/>
     <w:rsid w:val="00F32B80"/>
     <w:rsid w:val="00F340EB"/>
     <w:rsid w:val="00F35285"/>
+    <w:rsid w:val="00F35B86"/>
     <w:rsid w:val="00F43B9D"/>
     <w:rsid w:val="00F447F4"/>
     <w:rsid w:val="00F44D5E"/>
     <w:rsid w:val="00F53A35"/>
     <w:rsid w:val="00F55A3D"/>
     <w:rsid w:val="00F5744B"/>
     <w:rsid w:val="00F61209"/>
     <w:rsid w:val="00F6259E"/>
     <w:rsid w:val="00F65DD4"/>
     <w:rsid w:val="00F672B2"/>
     <w:rsid w:val="00F83973"/>
+    <w:rsid w:val="00F85D17"/>
     <w:rsid w:val="00F87FA3"/>
+    <w:rsid w:val="00F90DF6"/>
     <w:rsid w:val="00F9329A"/>
     <w:rsid w:val="00F93D8C"/>
     <w:rsid w:val="00FA0033"/>
     <w:rsid w:val="00FA3102"/>
     <w:rsid w:val="00FA48D4"/>
     <w:rsid w:val="00FA54FA"/>
     <w:rsid w:val="00FB227E"/>
     <w:rsid w:val="00FB3D61"/>
     <w:rsid w:val="00FB44CE"/>
     <w:rsid w:val="00FB5009"/>
     <w:rsid w:val="00FB76AB"/>
     <w:rsid w:val="00FC646C"/>
     <w:rsid w:val="00FD03FE"/>
     <w:rsid w:val="00FD126E"/>
     <w:rsid w:val="00FD3C36"/>
     <w:rsid w:val="00FD4D81"/>
+    <w:rsid w:val="00FD4FEC"/>
+    <w:rsid w:val="00FD66F7"/>
     <w:rsid w:val="00FD7498"/>
     <w:rsid w:val="00FD7FB3"/>
+    <w:rsid w:val="00FE1C04"/>
     <w:rsid w:val="00FE4713"/>
     <w:rsid w:val="00FE764C"/>
     <w:rsid w:val="00FF1F44"/>
     <w:rsid w:val="00FF225E"/>
     <w:rsid w:val="00FF672C"/>
     <w:rsid w:val="00FF6CE8"/>
+    <w:rsid w:val="033A60B4"/>
+    <w:rsid w:val="03DD2019"/>
+    <w:rsid w:val="0FBD2DB3"/>
+    <w:rsid w:val="2154F10E"/>
+    <w:rsid w:val="227961C2"/>
+    <w:rsid w:val="2CBB1A03"/>
+    <w:rsid w:val="2E59BEE0"/>
+    <w:rsid w:val="33875375"/>
+    <w:rsid w:val="37260638"/>
+    <w:rsid w:val="51F50623"/>
+    <w:rsid w:val="539E4CD8"/>
+    <w:rsid w:val="589061C8"/>
+    <w:rsid w:val="5928CBE6"/>
+    <w:rsid w:val="6076DFE7"/>
+    <w:rsid w:val="608E0462"/>
+    <w:rsid w:val="639357F5"/>
+    <w:rsid w:val="7CDE1DDB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5101,103 +7841,105 @@
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5213,68 +7955,70 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
-    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1"/>
     <w:lsdException w:name="Dark List Accent 1"/>
     <w:lsdException w:name="Colorful Shading Accent 1"/>
     <w:lsdException w:name="Colorful List Accent 1"/>
     <w:lsdException w:name="Colorful Grid Accent 1"/>
     <w:lsdException w:name="Light Shading Accent 2"/>
     <w:lsdException w:name="Light List Accent 2"/>
     <w:lsdException w:name="Light Grid Accent 2"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2"/>
     <w:lsdException w:name="Medium List 1 Accent 2"/>
     <w:lsdException w:name="Medium List 2 Accent 2"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2"/>
     <w:lsdException w:name="Dark List Accent 2"/>
     <w:lsdException w:name="Colorful Shading Accent 2"/>
@@ -5419,470 +8163,434 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:aliases w:val="BDI normal paragraph style - Estilo de párrafo normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F35285"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00857F99"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
+    <w:aliases w:val="0"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Paragraph"/>
+    <w:next w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:link w:val="Ttulo1Car"/>
     <w:qFormat/>
     <w:rsid w:val="00AE1ED4"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="360" w:after="60" w:line="360" w:lineRule="auto"/>
       <w:ind w:right="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
+    <w:aliases w:val="1"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Paragraph"/>
+    <w:next w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:link w:val="Ttulo2Car"/>
     <w:qFormat/>
     <w:rsid w:val="008D07FB"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="360" w:after="60" w:line="360" w:lineRule="auto"/>
       <w:ind w:right="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
+    <w:aliases w:val="3"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Paragraph"/>
+    <w:next w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:link w:val="Ttulo3Car"/>
     <w:qFormat/>
     <w:rsid w:val="00DF7EE2"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="360" w:after="60" w:line="360" w:lineRule="auto"/>
       <w:ind w:right="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:bCs/>
       <w:i/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Paragraph"/>
-    <w:next w:val="Newparagraph"/>
+    <w:basedOn w:val="BDIFirstParagraph-Primerprrafo"/>
+    <w:next w:val="BDINewparagraph-Nuevoprrafo"/>
     <w:link w:val="Ttulo4Car"/>
     <w:qFormat/>
     <w:rsid w:val="00F43B9D"/>
     <w:pPr>
       <w:spacing w:before="360"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Articletitle">
-    <w:name w:val="Article title"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1BDIprobando">
+    <w:name w:val="Style1 BDI probando"/>
+    <w:basedOn w:val="Ttulo2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B94995"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIHeading2-Ttulo2">
+    <w:name w:val="BDI Heading 2 - Título 2"/>
+    <w:basedOn w:val="Ttulo2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D70022"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0" w:line="480" w:lineRule="auto"/>
+      <w:ind w:right="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIHeading3-Ttulo3">
+    <w:name w:val="BDI Heading 3 - Título 3"/>
+    <w:basedOn w:val="Ttulo3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D70022"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:after="0" w:line="480" w:lineRule="auto"/>
+      <w:ind w:right="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIHeading1-Ttulo1">
+    <w:name w:val="BDI Heading 1 - Título 1"/>
+    <w:basedOn w:val="Ttulo1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D70022"/>
+    <w:pPr>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="0" w:after="0" w:line="480" w:lineRule="auto"/>
+      <w:ind w:right="0"/>
+      <w:contextualSpacing w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIAbstract-Resumen">
+    <w:name w:val="BDI Abstract - Resumen"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:next w:val="BDIKeywords-Palabrasclave"/>
     <w:qFormat/>
-    <w:rsid w:val="0024692A"/>
+    <w:rsid w:val="007D699B"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="1134"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Authornames">
-    <w:name w:val="Author names"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIKeywords-Palabrasclave">
+    <w:name w:val="BDI Keywords - Palabras clave"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:next w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:qFormat/>
-    <w:rsid w:val="00F04900"/>
+    <w:rsid w:val="007D699B"/>
     <w:pPr>
-      <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-[...11 lines deleted...]
-      <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="1134"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
-    </w:rPr>
-[...34 lines deleted...]
-      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Correspondencedetails">
     <w:name w:val="Correspondence details"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F04900"/>
     <w:pPr>
       <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Displayedquotation">
-    <w:name w:val="Displayed quotation"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIDisplayedquotation-Citadesplegada">
+    <w:name w:val="BDI Displayed quotation - Cita desplegada"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00731835"/>
+    <w:rsid w:val="00D70022"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1077"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1797"/>
         <w:tab w:val="left" w:pos="2155"/>
         <w:tab w:val="left" w:pos="2512"/>
       </w:tabs>
-      <w:spacing w:before="240" w:after="360" w:line="360" w:lineRule="auto"/>
-      <w:ind w:left="709" w:right="425"/>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="1134"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberedlist">
-[...2 lines deleted...]
-    <w:next w:val="Paragraph"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDINumberedlist-Listanumerada">
+    <w:name w:val="BDI Numbered list - Lista numerada"/>
+    <w:basedOn w:val="BDIFirstParagraph-Primerprrafo"/>
+    <w:next w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:qFormat/>
-    <w:rsid w:val="00D80284"/>
+    <w:rsid w:val="00D70022"/>
     <w:pPr>
       <w:widowControl/>
       <w:numPr>
         <w:numId w:val="24"/>
       </w:numPr>
-      <w:spacing w:after="240"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Displayedequation">
     <w:name w:val="Displayed equation"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Paragraph"/>
+    <w:next w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:qFormat/>
     <w:rsid w:val="00EF0F45"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4253"/>
         <w:tab w:val="right" w:pos="8222"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Acknowledgements">
-    <w:name w:val="Acknowledgements"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDITabletitle-Ttulodetabla">
+    <w:name w:val="BDI Table title - Título de tabla"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D379A3"/>
+    <w:rsid w:val="00AE2212"/>
     <w:pPr>
-      <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
+      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletitle">
-    <w:name w:val="Table title"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIFigurecaption-Piedefigura">
+    <w:name w:val="BDI Figure caption - Pie de figura"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0031686C"/>
+    <w:rsid w:val="001D7090"/>
     <w:pPr>
-      <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:sz w:val="20"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figurecaption">
-[...10 lines deleted...]
-    <w:name w:val="Footnotes"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIFootnotes-Notaalpie">
+    <w:name w:val="BDI Footnotes - Nota al pie"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006C6936"/>
+    <w:rsid w:val="007D699B"/>
     <w:pPr>
       <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
       <w:ind w:left="482" w:hanging="482"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
+      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notesoncontributors">
-    <w:name w:val="Notes on contributors"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIFirstParagraph-Primerprrafo">
+    <w:name w:val="BDI First Paragraph - Primer párrafo"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BDINewparagraph-Nuevoprrafo"/>
+    <w:qFormat/>
+    <w:rsid w:val="007D699B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDINewparagraph-Nuevoprrafo">
+    <w:name w:val="BDI New paragraph - Nuevo párrafo"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F04900"/>
+    <w:rsid w:val="00D70022"/>
     <w:pPr>
-      <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-[...27 lines deleted...]
-    <w:pPr>
+      <w:spacing w:line="480" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sangranormal">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00526454"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
-    <w:name w:val="References"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIReferences-Referencias">
+    <w:name w:val="BDI References - Referencias"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002C53EE"/>
+    <w:rsid w:val="00D70022"/>
     <w:pPr>
-      <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+      <w:spacing w:line="480" w:lineRule="auto"/>
       <w:ind w:left="720" w:hanging="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subjectcodes">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
     <w:name w:val="Título 2 Car"/>
+    <w:aliases w:val="1 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo2"/>
     <w:rsid w:val="008D07FB"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
+    <w:aliases w:val="0 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo1"/>
     <w:rsid w:val="00AE1ED4"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
     <w:name w:val="Título 3 Car"/>
+    <w:aliases w:val="3 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo3"/>
     <w:rsid w:val="00DF7EE2"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
       <w:bCs/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletedlist">
-[...2 lines deleted...]
-    <w:next w:val="Paragraph"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIBulletedlist-Listaconvieta">
+    <w:name w:val="BDI Bulleted list - Lista con viñeta"/>
+    <w:basedOn w:val="BDIFirstParagraph-Primerprrafo"/>
+    <w:next w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0338"/>
+    <w:rsid w:val="008F5736"/>
     <w:pPr>
       <w:widowControl/>
       <w:numPr>
         <w:numId w:val="28"/>
       </w:numPr>
-      <w:spacing w:after="240"/>
+      <w:ind w:left="697" w:hanging="357"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotapie">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotapieCar"/>
     <w:autoRedefine/>
     <w:rsid w:val="006C19B2"/>
     <w:pPr>
       <w:ind w:left="284" w:hanging="284"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
     <w:name w:val="Texto nota pie Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textonotapie"/>
     <w:rsid w:val="006C19B2"/>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
@@ -5915,135 +8623,902 @@
     <w:link w:val="Textonotaalfinal"/>
     <w:rsid w:val="006C19B2"/>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalfinal">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00EC571B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:rsid w:val="00F43B9D"/>
     <w:rPr>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A3001B"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A657FF"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabladecuadrcula2">
+    <w:name w:val="Grid Table 2"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:rsid w:val="00A657FF"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="2" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabladecuadrcula3">
+    <w:name w:val="Grid Table 3"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:rsid w:val="00A657FF"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabladecuadrcula4">
+    <w:name w:val="Grid Table 4"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00A657FF"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula4-nfasis1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00A657FF"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD521E"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrculaclara">
+    <w:name w:val="Grid Table Light"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:rsid w:val="008431B0"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIArticletitle-Ttulodelartculo">
+    <w:name w:val="BDI Article title - Título del artículo"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="0086230B"/>
+    <w:pPr>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDISubtitle1-Subttulo1">
+    <w:name w:val="BDI Subtitle 1 - Subtítulo 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D70022"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="360" w:after="60" w:line="480" w:lineRule="auto"/>
+      <w:ind w:right="567"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablanormal2">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:rsid w:val="008431B0"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Listaclara-nfasis1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FD66F7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabladelista7concolores">
+    <w:name w:val="List Table 7 Colorful"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="52"/>
+    <w:rsid w:val="00FD66F7"/>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Textoennegrita">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="002E5DCC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculo">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002E5DCC"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
-    <w:rsid w:val="00F02F94"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F0346"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
-      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
-    <w:rsid w:val="00F02F94"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008F0346"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Piedepgina">
-[...10 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="Nmerodepgina">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008F0346"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
-    <w:name w:val="Pie de página Car"/>
+  <w:style w:type="character" w:styleId="nfasis">
+    <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
-    <w:link w:val="Piedepgina"/>
-    <w:rsid w:val="00F02F94"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00857F99"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading4Paragraph">
-[...2 lines deleted...]
-    <w:next w:val="Newparagraph"/>
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A6085E"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDITable-Tabla">
+    <w:name w:val="BDI Table - Tabla"/>
+    <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AE1ED4"/>
+    <w:rsid w:val="006C1594"/>
     <w:pPr>
-      <w:widowControl/>
-      <w:spacing w:before="360"/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIFigure-Figura">
+    <w:name w:val="BDI Figure - Figura"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="001D7090"/>
+    <w:pPr>
+      <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="909926053">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:////Users/ursulabravo/Downloads/TF_Template_Word_Mac_2011.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6309,81 +9784,81 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C4F5EDE-D402-B94D-9594-20D6B10A9B70}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TF_Template_Word_Mac_2011.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3755</Characters>
+  <Pages>11</Pages>
+  <Words>2344</Words>
+  <Characters>12895</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>107</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>TF_Template_Word_Mac_2011</vt:lpstr>
       <vt:lpstr>TF_Template_Word_Mac_2011</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4429</CharactersWithSpaces>
+  <CharactersWithSpaces>15209</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TF_Template_Word_Mac_2011</dc:title>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>