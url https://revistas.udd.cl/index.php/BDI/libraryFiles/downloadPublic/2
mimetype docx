--- v1 (2025-12-13)
+++ v2 (2026-03-09)
@@ -7,4621 +7,6778 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2DA0B186" w14:textId="74A7D5CD" w:rsidR="00AC47E3" w:rsidRPr="005C0061" w:rsidRDefault="00261C6A" w:rsidP="005C0061">
+    <w:p w14:paraId="2DA0B186" w14:textId="6FCC3D85" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="00261C6A" w:rsidP="005C0061">
       <w:pPr>
         <w:pStyle w:val="BDIArticletitle-Ttulodelartculo"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-        <w:t>Plantilla Revista Base Diseño e Innovación (BDI)</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Base Design and Innovation (BDI) </w:t>
+      </w:r>
+      <w:r w:rsidR="0025137B">
+        <w:rPr>
+          <w:noProof/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> template</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="113144EB" w14:textId="13857965" w:rsidR="00AC47E3" w:rsidRPr="00AE2212" w:rsidRDefault="00AC47E3" w:rsidP="005C0061">
+    <w:p w14:paraId="113144EB" w14:textId="48712E3A" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="005C0061">
       <w:pPr>
         <w:pStyle w:val="BDIArticletitle-Ttulodelartculo"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...12 lines deleted...]
-        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article title (maximum 10 words) </w:t>
+      </w:r>
+      <w:r w:rsidR="003271E1" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
-          <w:lang w:val="es-ES"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> – Título del artículo]</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Article title – Título del artículo]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D0A7A1" w14:textId="052AE4B1" w:rsidR="005C0061" w:rsidRPr="00320530" w:rsidRDefault="00AC47E3" w:rsidP="00320530">
+    <w:p w14:paraId="75D0A7A1" w14:textId="543D7A6D" w:rsidR="005C0061" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="003271E1">
       <w:pPr>
         <w:pStyle w:val="BDIAbstract-Resumen"/>
-      </w:pPr>
-[...50 lines deleted...]
-        <w:t>stilo BDI Abstract – Resumen]</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Type or paste your abstract here (maximum 200 words). </w:t>
+      </w:r>
+      <w:r w:rsidR="009964B3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The abstract should be written with 1.5 line spacing, in Times New Roman font size </w:t>
+      </w:r>
+      <w:r w:rsidR="006135CD">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="009964B3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>In a single paragraph, provide a summary of the study that includes the problem, the research question, the participants, the key elements of the methodology, the results, the conclusions, and their implications or applications.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C26AB" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> References should not be included in the abstract. </w:t>
+      </w:r>
+      <w:r w:rsidR="33875375" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After the abstract, include </w:t>
+      </w:r>
+      <w:r w:rsidR="2CBB1A03" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">up to five </w:t>
+      </w:r>
+      <w:r w:rsidR="004C26AB" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keywords separated by commas. Use lowercase letters except for proper nouns. </w:t>
+      </w:r>
+      <w:r w:rsidR="03DD2019" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Do not use a period after the last word</w:t>
+      </w:r>
+      <w:r w:rsidR="51F50623" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003271E1" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Abstract – Resumen]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3402B332" w14:textId="1E0FB1EB" w:rsidR="00AC47E3" w:rsidRPr="00C518FF" w:rsidRDefault="227961C2" w:rsidP="00C518FF">
+    <w:p w14:paraId="73AFF09C" w14:textId="77777777" w:rsidR="003271E1" w:rsidRPr="005F4EA5" w:rsidRDefault="008C0AD5" w:rsidP="003271E1">
       <w:pPr>
         <w:pStyle w:val="BDIKeywords-Palabrasclave"/>
         <w:rPr>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...46 lines deleted...]
-        <w:t>stilo BDI Keywords – Palabras clave]</w:t>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r w:rsidR="37260638" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="2154F10E" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">first word, second word, third word </w:t>
+      </w:r>
+      <w:r w:rsidR="003271E1" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Keywords – Palabras clave]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DB833A" w14:textId="77777777" w:rsidR="00766C07" w:rsidRDefault="00766C07" w:rsidP="005C0061">
-      <w:pPr>
+    <w:p w14:paraId="53DB833A" w14:textId="3FAE7573" w:rsidR="00766C07" w:rsidRPr="005F4EA5" w:rsidRDefault="00766C07" w:rsidP="003271E1">
+      <w:pPr>
+        <w:pStyle w:val="BDIKeywords-Palabrasclave"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:noProof/>
           <w:kern w:val="32"/>
           <w:szCs w:val="32"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00802AAC">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A14261" w14:textId="1C6F2065" w:rsidR="00AC47E3" w:rsidRPr="008F5736" w:rsidRDefault="006C1594" w:rsidP="008F5736">
+    <w:p w14:paraId="66A14261" w14:textId="6E094E19" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="006C1594" w:rsidP="008F5736">
       <w:pPr>
         <w:pStyle w:val="BDIHeading1-Ttulo1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="008F5736">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Formato, estilo y niveles de encabezados</w:t>
-[...12 lines deleted...]
-          <w:lang w:val="es-ES"/>
+        <w:t xml:space="preserve">Format, style, and heading levels </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Subtitle 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="001B4EC3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[BDI Heading 1 – </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidR="001B4EC3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="153EA6A0" w14:textId="0898A1D0" w:rsidR="00115A1F" w:rsidRPr="005F4EA5" w:rsidRDefault="00766C07" w:rsidP="0021194C">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An essential aspect of the work of the Base Diseño e Innovación journal is to ensure high technical quality in the articles published. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The manuscript file must be as complete as possible. This means that figures, tables, possible endnotes, and the list of references must be included and correctly formatted. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Therefore, authors are invited to follow this template rigorously. The first paragraph after a heading should not be indented</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001B4EC3" w:rsidRPr="001B4EC3">
-[...26 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+      <w:r w:rsidR="005D3235" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[BDI First paragraph – </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Primer</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="153EA6A0" w14:textId="4CEF7474" w:rsidR="00115A1F" w:rsidRPr="00DD4289" w:rsidRDefault="00766C07" w:rsidP="0021194C">
-[...54 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="0B4B47B6" w14:textId="77777777" w:rsidR="0021194C" w:rsidRPr="005F4EA5" w:rsidRDefault="0021194C" w:rsidP="0021194C">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B4B47B6" w14:textId="77777777" w:rsidR="0021194C" w:rsidRPr="0021194C" w:rsidRDefault="0021194C" w:rsidP="0021194C">
-[...4 lines deleted...]
-    <w:p w14:paraId="3ED6F19F" w14:textId="77B2EAE5" w:rsidR="001943A2" w:rsidRPr="00AE2212" w:rsidRDefault="006C1594" w:rsidP="00AA1D02">
+    <w:p w14:paraId="3ED6F19F" w14:textId="193BA25C" w:rsidR="001943A2" w:rsidRPr="005F4EA5" w:rsidRDefault="006C1594" w:rsidP="00AA1D02">
       <w:pPr>
         <w:pStyle w:val="BDIHeading2-Ttulo2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...6 lines deleted...]
-        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00AE2212">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quotation </w:t>
+      </w:r>
+      <w:r w:rsidR="007F78D8">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">styles </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="005D3235" w:rsidRPr="00AE2212">
-        <w:rPr>
+      <w:r w:rsidR="005D3235" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...28 lines deleted...]
-        <w:t>stilo BDI Heading 2 – Título 2]</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Subtitle</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2AE3">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[BDI Heading 2 – </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2AE3">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D32BB8" w14:textId="39D7C01E" w:rsidR="00690C94" w:rsidRPr="00AE2212" w:rsidRDefault="00690C94" w:rsidP="00690C94">
+    <w:p w14:paraId="13D28AA7" w14:textId="5B3096C4" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="00690C94">
       <w:pPr>
         <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...25 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are different styles of quotation marks depending on their shape: curved (“ ”), straight (" "), and angular (« »). All of them can be used in single (‘ ’) or double (“ ”) variants. In your manuscript for Base </w:t>
+      </w:r>
+      <w:r w:rsidR="0025137B">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>, only use curved quotation marks. For quotations of less than</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3235" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40 words</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, article titles, and to emphasize words, use double curved quotation marks (“ ”). For quotations within a quotation in double quotation marks, use single curved quotation marks (Table 1). </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI First paragraph</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2212" w:rsidRPr="00DD4289">
-[...16 lines deleted...]
-        <w:t>stilo BDI First paraghraph – Primer párrafo]</w:t>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Primer</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13D28AA7" w14:textId="77777777" w:rsidR="00690C94" w:rsidRDefault="00690C94" w:rsidP="00690C94">
-[...1 lines deleted...]
-        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+    <w:p w14:paraId="4BDC145A" w14:textId="77777777" w:rsidR="00BE2AE3" w:rsidRDefault="00BE2AE3" w:rsidP="0060446D">
+      <w:pPr>
+        <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F1654A4" w14:textId="186486AD" w:rsidR="00690C94" w:rsidRPr="00690C94" w:rsidRDefault="00690C94" w:rsidP="0060446D">
+    <w:p w14:paraId="1F1654A4" w14:textId="66CD1933" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="0060446D">
       <w:pPr>
         <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
-      </w:pPr>
-[...8 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92A4B" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quotation mark </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2AE3" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">style used by </w:t>
+      </w:r>
+      <w:r w:rsidR="00B92A4B" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Base </w:t>
+      </w:r>
+      <w:r w:rsidR="00D737EC">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>journal</w:t>
+      </w:r>
+      <w:r w:rsidR="00B92A4B" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0060446D" w:rsidRPr="00AA1D02">
-[...13 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+      <w:r w:rsidR="0060446D" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Table Title</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Título de tabla</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablanormal2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="3828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00690C94" w:rsidRPr="006C1594" w14:paraId="40F62715" w14:textId="0EE89F9F" w:rsidTr="005248E3">
+      <w:tr w:rsidR="00690C94" w:rsidRPr="005F4EA5" w14:paraId="40F62715" w14:textId="0EE89F9F" w:rsidTr="005248E3">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7B337F" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="5E7B337F" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
-              <w:t>Estilo / Nombre</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Style / Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37736E5F" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="37736E5F" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
-              <w:t>Símbolos</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Symbols</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="625E072E" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="625E072E" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
-              <w:t>Ejemplo</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D404D9D" w14:textId="1C134164" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="0005410B" w:rsidP="006C1594">
+          <w:p w14:paraId="0D404D9D" w14:textId="163E2722" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="0005410B" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:lang w:val="es-ES"/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="0005410B">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Usage </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
+                <w:noProof/>
                 <w:color w:val="4F81BD" w:themeColor="accent1"/>
-                <w:lang w:val="es-ES"/>
-[...1 lines deleted...]
-              <w:t>[Estilo BDI Table – Tabla]</w:t>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>[BDI Table</w:t>
+            </w:r>
+            <w:r w:rsidR="0079738F">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>– Tabla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="4F81BD" w:themeColor="accent1"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00690C94" w:rsidRPr="006C1594" w14:paraId="4D3D5B18" w14:textId="76EE3202" w:rsidTr="005248E3">
+      <w:tr w:rsidR="00690C94" w:rsidRPr="005F4EA5" w14:paraId="4D3D5B18" w14:textId="76EE3202" w:rsidTr="005248E3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E462B5E" w14:textId="33EC8235" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="3E462B5E" w14:textId="33EC8235" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
-              <w:t>Doble Inglesas curvas</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Double Curved English</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24FA8DB7" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="24FA8DB7" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:t>“ ”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1B73C8" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="3B1B73C8" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
-              <w:t>“Texto citado”</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>“Quoted text”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B017CDA" w14:textId="6C6AA32D" w:rsidR="00690C94" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+          <w:p w14:paraId="2B017CDA" w14:textId="540BEDC2" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
-              <w:t>Citas textuales de menos de 40 palabras</w:t>
+            <w:r w:rsidRPr="0079738F">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Direct quotes of less than 40 words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B92A4B" w:rsidRPr="006C1594" w14:paraId="762C706B" w14:textId="77777777" w:rsidTr="005248E3">
+      <w:tr w:rsidR="00B92A4B" w:rsidRPr="005F4EA5" w14:paraId="762C706B" w14:textId="77777777" w:rsidTr="005248E3">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="175D2581" w14:textId="77777777" w:rsidR="00B92A4B" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+          <w:p w14:paraId="175D2581" w14:textId="77777777" w:rsidR="00B92A4B" w:rsidRPr="005F4EA5" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
-              <w:t xml:space="preserve">Simples curvas </w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Single quotation marks </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B749044" w14:textId="77777777" w:rsidR="00B92A4B" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+          <w:p w14:paraId="6B749044" w14:textId="77777777" w:rsidR="00B92A4B" w:rsidRPr="005F4EA5" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:t>‘ ’</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71CF68B3" w14:textId="77777777" w:rsidR="00B92A4B" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+          <w:p w14:paraId="71CF68B3" w14:textId="77777777" w:rsidR="00B92A4B" w:rsidRPr="005F4EA5" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
-              <w:t>‘Texto citado’</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>‘Quoted text’</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF09FBA" w14:textId="3A5E5A08" w:rsidR="00B92A4B" w:rsidRPr="006C1594" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+          <w:p w14:paraId="3CF09FBA" w14:textId="785DBA34" w:rsidR="00B92A4B" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C1594">
-              <w:t>Cita dentro de una cita textual entre comillas</w:t>
+            <w:r w:rsidRPr="0079738F">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Quote within a quote in quotation marks</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B92A4B" w:rsidRPr="006C1594" w14:paraId="530DE6F9" w14:textId="731F6FEA" w:rsidTr="005248E3">
+      <w:tr w:rsidR="00B92A4B" w:rsidRPr="005F4EA5" w14:paraId="530DE6F9" w14:textId="731F6FEA" w:rsidTr="005248E3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45DC88FA" w14:textId="1EF8FEA9" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="45DC88FA" w14:textId="1EF8FEA9" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t xml:space="preserve">Inglesas rectas </w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Straight quotation marks </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="387FAFD2" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="387FAFD2" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:t>" "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1588CC54" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="1588CC54" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>"Texto citado"</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>"Quoted text"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1815511B" w14:textId="7125CCC5" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+          <w:p w14:paraId="1815511B" w14:textId="7125CCC5" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>No usar</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Do not use</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B92A4B" w:rsidRPr="006C1594" w14:paraId="291B9291" w14:textId="04D53E45" w:rsidTr="005248E3">
+      <w:tr w:rsidR="00B92A4B" w:rsidRPr="005F4EA5" w14:paraId="291B9291" w14:textId="04D53E45" w:rsidTr="005248E3">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5762CA21" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="5762CA21" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>Latinas o españolas</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Curly or Spanish quotation marks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03F12E81" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="03F12E81" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>« »</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>" "</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5691CE86" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="5691CE86" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>«Texto citado»</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>"Quoted text"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03C29F28" w14:textId="3AE28517" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+          <w:p w14:paraId="03C29F28" w14:textId="3AE28517" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>No usar</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Do not use</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B92A4B" w:rsidRPr="006C1594" w14:paraId="61A2CB1C" w14:textId="1398BDDC" w:rsidTr="005248E3">
+      <w:tr w:rsidR="00B92A4B" w:rsidRPr="005F4EA5" w14:paraId="61A2CB1C" w14:textId="1398BDDC" w:rsidTr="005248E3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="656C8A2D" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="656C8A2D" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>Simples rectas</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Simple straight lines</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFDBED6" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="0FFDBED6" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:t>' '</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="148ECD18" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00690C94" w:rsidP="006C1594">
+          <w:p w14:paraId="148ECD18" w14:textId="77777777" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00690C94" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>'Texto citado'</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>'Quoted text'</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65B84A35" w14:textId="1F189481" w:rsidR="00690C94" w:rsidRPr="0005410B" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
+          <w:p w14:paraId="65B84A35" w14:textId="1F189481" w:rsidR="00690C94" w:rsidRPr="005F4EA5" w:rsidRDefault="00B92A4B" w:rsidP="006C1594">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>No usar</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Do not use</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="483100E0" w14:textId="77777777" w:rsidR="00D66E4B" w:rsidRDefault="00D66E4B" w:rsidP="00CA2698">
+    <w:p w14:paraId="02E0C9AC" w14:textId="77777777" w:rsidR="00B86DAA" w:rsidRDefault="00B86DAA" w:rsidP="0064300B">
       <w:pPr>
         <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0176F963" w14:textId="016AC035" w:rsidR="00CA2698" w:rsidRPr="00AE2212" w:rsidRDefault="00CA2698" w:rsidP="00CA2698">
+    <w:p w14:paraId="549C036F" w14:textId="52A5A126" w:rsidR="0064300B" w:rsidRPr="00967E42" w:rsidRDefault="0064300B" w:rsidP="0064300B">
       <w:pPr>
         <w:pStyle w:val="BDIHeading2-Ttulo2"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...7 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00967E42">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use of italics and quotation marks </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2AE3">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[BDI Heading 2 – </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2AE3">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7521BD" w14:textId="045508D1" w:rsidR="0064300B" w:rsidRPr="00967E42" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00967E42">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Typographical styles (bold, regular, italics) </w:t>
+      </w:r>
+      <w:r w:rsidR="00967E42" w:rsidRPr="00967E42">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and quotation marks </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967E42">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>are used to differentiate words or phrases from the rest of the text</w:t>
+      </w:r>
+      <w:r w:rsidR="00967E42" w:rsidRPr="00967E42">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00967E42" w:rsidRPr="00967E42">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Italics </w:t>
+      </w:r>
+      <w:r w:rsidR="00967E42" w:rsidRPr="00967E42">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are used to highlight terms that require emphasis or formal differentiation, while </w:t>
+      </w:r>
+      <w:r w:rsidR="00967E42" w:rsidRPr="00967E42">
+        <w:rPr>
+          <w:rStyle w:val="Textoennegrita"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quotation marks </w:t>
+      </w:r>
+      <w:r w:rsidR="00967E42" w:rsidRPr="00967E42">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are used to delimit textual expressions or indicate discursive units that should be distinguished from the main body of the manuscript. Both resources should be used sparingly, consistently, and only when their function contributes to the clarity and precision of the text (Table 2). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396CAB07" w14:textId="77777777" w:rsidR="00BE2AE3" w:rsidRDefault="00BE2AE3" w:rsidP="0064300B">
+      <w:pPr>
+        <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7356912C" w14:textId="777C23C1" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+      <w:pPr>
+        <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table 2. Use of italics and quotation marks </w:t>
+      </w:r>
+      <w:r w:rsidR="004C26C3" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">according </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to APA style, 7th edition. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Table Title</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2212">
+      <w:r w:rsidR="0079738F" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Título de tabla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablanormal2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="3539"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="2B31A877" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B0C3F91" w14:textId="323EEB8D" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Case</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FEF7DCE" w14:textId="22BD0D0B" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Used in</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02AC9656" w14:textId="0DB38742" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Example(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32100236" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Editorial notes/comments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="26290CD9" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B18955A" w14:textId="2F1ECD37" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Titles of complete works (books, films, reports, magazines</w:t>
+            </w:r>
+            <w:r w:rsidR="00984DB5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69267968" w14:textId="557E0F32" w:rsidR="0064300B" w:rsidRPr="00984DB5" w:rsidRDefault="00984DB5" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Italics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5FE3B4" w14:textId="302243C4" w:rsidR="0064300B" w:rsidRPr="00984DB5" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Design and </w:t>
+            </w:r>
+            <w:r w:rsidR="00984DB5" w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Visual</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Education / El Mercurio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35AF6E59" w14:textId="4B8339D4" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="00984DB5" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>These are written in italics in the text and in the list of references</w:t>
+            </w:r>
+            <w:r w:rsidR="0064300B" w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>. They are considered independent works.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="3851CE56" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FDEA35F" w14:textId="6D17FFE8" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Titles of parts of a work (chapters, articles, entries, episodes</w:t>
+            </w:r>
+            <w:r w:rsidR="00984DB5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B2E3260" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Quotation marks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="116BD1E7" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>"Visual management in the classroom"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7060455C" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Quotation marks are used in the text, but in the list of references they are written without quotation marks or italics.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="31AE8B86" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35659315" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Words or phrases mentioned as such (when referring to the word, not using it)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C85E4E" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Quotation marks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72608302" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>The term "design" has multiple meanings.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8ED5D7" w14:textId="0E8AE32B" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>APA 7</w:t>
+            </w:r>
+            <w:r w:rsidR="008F4753">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> clarifies that quotation marks, not italics, should be used to refer to words or letters as linguistic units.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="4DF75772" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="102B553F" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>First mention of a technical or key term defined by the author</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="697202E3" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="00984DB5" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Italics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="689FC580" w14:textId="6F789813" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The concept of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bioliteracy </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>is essential to this study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5468A7B9" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Only the first time the term is used. After that, it is written in regular type.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="74184BDA" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E29831" w14:textId="110118CF" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="008F4753" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4753">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Non-naturalized foreign words</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23F5593C" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="00984DB5" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Italics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA1FC95" w14:textId="0A63792D" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Japanese concept </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ikigai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>has no direct translation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3463CF66" w14:textId="346005F0" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>If the word has already been adopted into Spanish or English (such as déjà vu</w:t>
+            </w:r>
+            <w:r w:rsidR="00984DB5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>, café</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>), it is not italicized.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="771CC6C7" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6322D531" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Emphasis or specific contrast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A59A153" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="00984DB5" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Italics</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B0D635" w14:textId="354EA8DB" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This method is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00984DB5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>effective</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>, not experimental.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5816A09F" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Use sparingly. Do not use quotation marks for emphasis.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="03F2C59A" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2602CA63" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Short quotations (less than 40 words)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="541B08D0" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Quotation marks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78EAFABC" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>According to Schön (1983), "design is a reflective conversation with the situation."</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A1EC4A" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Double quotation marks for short quotations; within them, single quotation marks (‘ ’) for an internal quotation.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="01E26999" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13935BF2" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Long quotations (40 words or more)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="173B12D5" w14:textId="379B2241" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0079738F" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Without</w:t>
+            </w:r>
+            <w:r w:rsidR="0064300B" w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> quotation marks (indented block)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61290F3D" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>—</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3A7D35" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Formatted as a block, with a left indent of 1.27 cm. No quotation marks or italics are used.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0064300B" w:rsidRPr="0064300B" w14:paraId="25181B0F" w14:textId="77777777" w:rsidTr="00BE2AE3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B412CFA" w14:textId="392F4E48" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Words or phrases used ironically or in a special way </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E677C3E" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Quotation marks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70482B22" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>She called herself an "expert in sustainability."</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BABB3A9" w14:textId="0C641C62" w:rsidR="0064300B" w:rsidRPr="0064300B" w:rsidRDefault="0064300B" w:rsidP="0064300B">
+            <w:pPr>
+              <w:pStyle w:val="BDITable-Tabla"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>APA 7</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC6585">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0064300B">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> allows this usage, but advises avoiding it unless necessary to mark irony or critical distance.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="51F9B30B" w14:textId="77777777" w:rsidR="0064300B" w:rsidRPr="005F4EA5" w:rsidRDefault="0064300B" w:rsidP="00CA2698">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0176F963" w14:textId="59CD25D7" w:rsidR="00CA2698" w:rsidRPr="005F4EA5" w:rsidRDefault="004C26C3" w:rsidP="00CA2698">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Style and use of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA2698" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hyphens </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="0014681E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:lang w:val="es-ES"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
-      <w:r w:rsidR="00AE2212" w:rsidRPr="00AE2212">
-        <w:rPr>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidR="00AE2212" w:rsidRPr="006C1594">
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Subtitle</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="0014681E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00AE2212">
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[BDI Heading 2 – </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00AE2212" w:rsidRPr="006C1594">
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="0014681E">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...1 lines deleted...]
-        <w:t>stilo BDI Heading 2 – Título 2]</w:t>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1192D995" w14:textId="607649ED" w:rsidR="00F85D17" w:rsidRDefault="00F85D17" w:rsidP="00F85D17">
+    <w:p w14:paraId="5B9FF090" w14:textId="444FB16E" w:rsidR="00B86DAA" w:rsidRDefault="00F85D17" w:rsidP="00161FDD">
       <w:pPr>
         <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>En el estilo APA 7, el uso correcto de los distintos tipos de guiones es fundamental para garantizar claridad y precisión en la escritura académica. Cada variante (guion corto, medio y largo) cumple funciones específicas que deben respetarse para mantener la coherencia formal en los textos.</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>In APA</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2AE3" w:rsidRPr="00BE2AE3">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7th edition </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">style, the correct use of different types of hyphens is essential to ensure clarity and precision in academic writing. Each variant (short, medium, and long hyphen) has specific functions that must be respected to maintain formal consistency in texts </w:t>
+      </w:r>
+      <w:r w:rsidR="008779D0">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(Table 3).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5BC5AD" w14:textId="77777777" w:rsidR="0005410B" w:rsidRDefault="0005410B" w:rsidP="0005410B">
+    <w:p w14:paraId="4953CC91" w14:textId="77777777" w:rsidR="00DC4932" w:rsidRPr="00DC4932" w:rsidRDefault="00DC4932" w:rsidP="00DC4932">
       <w:pPr>
         <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+        <w:rPr>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="666AF277" w14:textId="080BACBE" w:rsidR="0005410B" w:rsidRPr="0005410B" w:rsidRDefault="0005410B" w:rsidP="0005410B">
+    <w:p w14:paraId="666AF277" w14:textId="7C73E8DE" w:rsidR="0005410B" w:rsidRPr="005F4EA5" w:rsidRDefault="0005410B" w:rsidP="0005410B">
       <w:pPr>
         <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
-      </w:pPr>
-[...23 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Table</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86DAA">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Use of hyphens </w:t>
+      </w:r>
+      <w:r w:rsidR="00957E55" w:rsidRPr="0064300B">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in APA style 7th edition. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Table Title</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA1D02">
-[...13 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Título de tabla</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablanormal2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3314"/>
         <w:gridCol w:w="3314"/>
         <w:gridCol w:w="3314"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0062437B" w:rsidRPr="0005410B" w14:paraId="68AED966" w14:textId="77777777" w:rsidTr="0005410B">
+      <w:tr w:rsidR="0062437B" w:rsidRPr="005F4EA5" w14:paraId="68AED966" w14:textId="77777777" w:rsidTr="0005410B">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="309"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D67271B" w14:textId="48C5449D" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="4D67271B" w14:textId="48C5449D" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-[...3 lines deleted...]
-              <w:t>guion</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Type of </w:t>
+            </w:r>
+            <w:r w:rsidR="00F85D17" w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>hyphen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="095418BE" w14:textId="208E7AEC" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="095418BE" w14:textId="208E7AEC" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>Usos</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Uses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A45F402" w14:textId="77777777" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="7A45F402" w14:textId="77777777" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>Ejemplo</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062437B" w:rsidRPr="0005410B" w14:paraId="40DAE957" w14:textId="77777777" w:rsidTr="0005410B">
+      <w:tr w:rsidR="0062437B" w:rsidRPr="005F4EA5" w14:paraId="40DAE957" w14:textId="77777777" w:rsidTr="0005410B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="610"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D714D2" w14:textId="489B0323" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="00F85D17" w:rsidP="0005410B">
+          <w:p w14:paraId="16D714D2" w14:textId="71D08AA9" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="00161FDD" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> corto (-)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Short dash</w:t>
+            </w:r>
+            <w:r w:rsidR="00F85D17" w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0062437B" w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(-)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54466BF1" w14:textId="47D700DB" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="54466BF1" w14:textId="47D700DB" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0005410B">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>• Compound words</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:br/>
-              <w:t>• Prefijos</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0005410B">
+              <w:t>• Prefixes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:br/>
-              <w:t>• No lleva espacios antes ni después</w:t>
+              <w:t>• No spaces before or after</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="701835A7" w14:textId="77777777" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="701835A7" w14:textId="77777777" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>Teoría-práctica</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Theory-practice</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CA7EA79" w14:textId="627475CA" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="2CA7EA79" w14:textId="627475CA" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-              <w:t>ex-alumno</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>former student</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062437B" w:rsidRPr="0005410B" w14:paraId="5D34EA82" w14:textId="77777777" w:rsidTr="0005410B">
+      <w:tr w:rsidR="0062437B" w:rsidRPr="005F4EA5" w14:paraId="5D34EA82" w14:textId="77777777" w:rsidTr="0005410B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="631"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29369017" w14:textId="0F731EAE" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="00F85D17" w:rsidP="0005410B">
+          <w:p w14:paraId="29369017" w14:textId="73B6B10C" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> largo o raya (—)</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Long </w:t>
+            </w:r>
+            <w:r w:rsidR="00161FDD">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>dash</w:t>
+            </w:r>
+            <w:r w:rsidR="00F85D17" w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:r w:rsidR="00161FDD">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>em dash</w:t>
+            </w:r>
+            <w:r w:rsidR="0086656A" w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(—)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4281E5" w14:textId="5D202C49" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="2D4281E5" w14:textId="5D202C49" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0005410B">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>• Emphatic interruption or parenthetical remark</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:br/>
-              <w:t>• Cambio repentino de tema o énfasis</w:t>
+              <w:t>• Sudden change of topic or emphasis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B7E093A" w14:textId="30CCAF5C" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="6B7E093A" w14:textId="30CCAF5C" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0005410B">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Design—as an interdisciplinary field—integrates theory and practice.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:br/>
-              <w:t>El resultado fue inesperado —nadie lo había previsto.</w:t>
+              <w:t>The result was unexpected—no one had foreseen it.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062437B" w:rsidRPr="0005410B" w14:paraId="72C372E9" w14:textId="77777777" w:rsidTr="0005410B">
+      <w:tr w:rsidR="0062437B" w:rsidRPr="005F4EA5" w14:paraId="72C372E9" w14:textId="77777777" w:rsidTr="0005410B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="631"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52156168" w14:textId="3A8B68D4" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="00F85D17" w:rsidP="0005410B">
+          <w:p w14:paraId="52156168" w14:textId="72CB0691" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="00161FDD" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> medio (–)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>En dash</w:t>
+            </w:r>
+            <w:r w:rsidR="0086656A" w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0062437B" w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>(–)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1946A701" w14:textId="3D40657E" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="1946A701" w14:textId="3D40657E" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0005410B">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>• Relationship between concepts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:br/>
-              <w:t>• Rangos numéricos (en algunas editoriales)</w:t>
+              <w:t>• Numerical ranges (in some publishers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3314" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46818B22" w14:textId="75A4C855" w:rsidR="0062437B" w:rsidRPr="0005410B" w:rsidRDefault="0062437B" w:rsidP="0005410B">
+          <w:p w14:paraId="46818B22" w14:textId="75A4C855" w:rsidR="0062437B" w:rsidRPr="005F4EA5" w:rsidRDefault="0062437B" w:rsidP="0005410B">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0005410B">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0005410B">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Teacher–student relationship</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:br/>
-              <w:t>eje tiempo–espacio</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0005410B">
+              <w:t>Time–space axis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:br/>
               <w:t>2019–2021, pp. 45–62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7725528E" w14:textId="77777777" w:rsidR="00857F99" w:rsidRDefault="00857F99" w:rsidP="00F85D17">
+    <w:p w14:paraId="777F4470" w14:textId="465299D3" w:rsidR="001943A2" w:rsidRPr="00BE2AE3" w:rsidRDefault="00BE2AE3" w:rsidP="00BE2AE3">
       <w:pPr>
         <w:pStyle w:val="BDIHeading2-Ttulo2"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0014681E">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Page format / </w:t>
+      </w:r>
+      <w:r w:rsidR="004919CD" w:rsidRPr="0014681E">
+        <w:t>Subtitle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0014681E">
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[BDI Heading </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C26C3" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="0014681E">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0EE7615C" w14:textId="6DDD056C" w:rsidR="00F85D17" w:rsidRPr="00857F99" w:rsidRDefault="00F85D17" w:rsidP="00F85D17">
+    <w:p w14:paraId="12CE254F" w14:textId="77777777" w:rsidR="00766C07" w:rsidRPr="005F4EA5" w:rsidRDefault="00766C07" w:rsidP="00AE2212">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The file must comply with the following format and style specifications: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0979F81B" w14:textId="280F3A35" w:rsidR="00766C07" w:rsidRPr="005F4EA5" w:rsidRDefault="00766C07" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Letter-size paper </w:t>
+      </w:r>
+      <w:r w:rsidR="00974722" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Bulleted list</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Lista con viñeta</w:t>
+      </w:r>
+      <w:r w:rsidR="00974722" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272FE453" w14:textId="77777777" w:rsidR="00766C07" w:rsidRPr="005F4EA5" w:rsidRDefault="00766C07" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>2 cm margin on each side</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735706B0" w14:textId="77777777" w:rsidR="00766C07" w:rsidRPr="005F4EA5" w:rsidRDefault="00766C07" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>New Times Roman font size 12, spacing 2.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA8732A" w14:textId="77777777" w:rsidR="00766C07" w:rsidRPr="005F4EA5" w:rsidRDefault="00766C07" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Numbering in the upper right corner of each page </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537C6C70" w14:textId="5A4C3FA3" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="00974722">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please use the </w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="00BE2AE3">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI First Paragraph</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="00BE2AE3">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Primer párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="00BE2AE3">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">style for the first paragraph of a section </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C07" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to continue after a </w:t>
+      </w:r>
+      <w:r w:rsidR="00766C07" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>list, figure, table, or long quotation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. If you are importing your text from a document with custom styles, paste the text as plain text and then format the text using the styles in this template. The sections of your document should be separated by appropriate headings. We recommend not exceeding three levels of subheadings. Do not place additional lines after any of the titles, subtitles, abstracts, keywords, headings, images, captions, and body text. Only after tables is it necessary to include a new line.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6758DF6C" w14:textId="1D61B348" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use </w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI New Paragraph</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Nuevo párrafo</w:t>
+      </w:r>
+      <w:r w:rsidR="0060446D" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>when you need to start a new paragraph. Think carefully about the presentation of any visual material. It is your responsibility to ensure that you have the rights and permission to use all images in your article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57803129" w14:textId="4D44AA3F" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Short quotations within the text should be marked with double quotation marks, and the reference in the text should include the page number. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BEAE68E" w14:textId="357FFE0B" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDIDisplayedquotation-Citadesplegada"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Long quotations</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4933" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, containing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>more than 40 words</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4933" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, should not be enclosed in quotation marks. They are presented in a block, left-aligned and in 12-point font, the same as the text of the paragraphs. At the end of the quotation, the source and page number from which the quotation was taken must be indicated </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[BDI </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Displayed </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>quotation</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Cita desplegada</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC701DE" w14:textId="5CCB4E7E" w:rsidR="009C4933" w:rsidRPr="005F4EA5" w:rsidRDefault="009C4933" w:rsidP="009C4933">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After a long quotation, a new paragraph should begin using </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI First Paragraph</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Primer párrafo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">]. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D45FB69" w14:textId="3BC98C6E" w:rsidR="009C4933" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="009C4933">
+      <w:pPr>
+        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:r w:rsidR="009C4933" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>compose lists, you can choose between bulleted or numbered lists. The style for each case is indicated below:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9BCEAC" w14:textId="0D49712A" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="009C4933" w:rsidP="006135CD">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First line of text in a bulleted list </w:t>
+      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="005A108D" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BDI </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Bulleted list</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Lista con viñeta</w:t>
+      </w:r>
+      <w:r w:rsidR="00A77948" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F9112B" w14:textId="3B549181" w:rsidR="009C4933" w:rsidRPr="005F4EA5" w:rsidRDefault="009C4933" w:rsidP="006135CD">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Second line of text in the bulleted list </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558431DC" w14:textId="24B36339" w:rsidR="001D7090" w:rsidRPr="004C26C3" w:rsidRDefault="001D7090" w:rsidP="006135CD">
+      <w:pPr>
+        <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
+        <w:ind w:left="709" w:hanging="425"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Third line of text in the bulleted list </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FCAAFC" w14:textId="1C25D196" w:rsidR="009C4933" w:rsidRPr="006135CD" w:rsidRDefault="009C4933" w:rsidP="006135CD">
+      <w:pPr>
+        <w:pStyle w:val="BDINumeredlist-Listanumerada2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:ind w:left="709" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006135CD">
+        <w:t>First line of text in a numbered list [</w:t>
+      </w:r>
+      <w:r w:rsidR="005A108D" w:rsidRPr="006135CD">
+        <w:t xml:space="preserve">BDI </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="006135CD">
+        <w:t>Numbered list</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="006135CD">
+        <w:t xml:space="preserve"> – Lista </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0079738F" w:rsidRPr="006135CD">
+        <w:t>numerada</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001D7090" w:rsidRPr="006135CD">
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7698244D" w14:textId="6559AAB4" w:rsidR="009C4933" w:rsidRPr="006135CD" w:rsidRDefault="009C4933" w:rsidP="006135CD">
+      <w:pPr>
+        <w:pStyle w:val="BDINumeredlist-Listanumerada2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:ind w:left="709" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006135CD">
+        <w:t>Second line of text in a numbered list</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="342716B8" w14:textId="72BE3624" w:rsidR="001D7090" w:rsidRPr="006135CD" w:rsidRDefault="001D7090" w:rsidP="006135CD">
+      <w:pPr>
+        <w:pStyle w:val="BDINumeredlist-Listanumerada2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="39"/>
+        </w:numPr>
+        <w:ind w:left="709" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006135CD">
+        <w:t>Third line of text in a numbered list</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D176AD" w14:textId="77777777" w:rsidR="009C4933" w:rsidRPr="005F4EA5" w:rsidRDefault="009C4933" w:rsidP="00115A1F">
       <w:pPr>
         <w:pStyle w:val="BDIHeading2-Ttulo2"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D8EC19D" w14:textId="70AE94DA" w:rsidR="00F85D17" w:rsidRDefault="006F0BEE" w:rsidP="00F85D17">
+    <w:p w14:paraId="399A3EDD" w14:textId="17915D6A" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="00115A1F">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading2-Ttulo2"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Heading 2: use this style for level 2 headings </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Heading 2</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Título 2</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6A7548" w14:textId="0151798B" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="00115A1F">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading3-Ttulo3"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title 3: use this style for level 3 headings </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Heading 3</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Título 3</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468930DA" w14:textId="2FA99519" w:rsidR="005C0061" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDIFootnotes-Notaalpie"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. This is a note </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="005A108D" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BDI </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Footnotes</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Nota al pie</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3668AD4D" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRPr="005F4EA5" w:rsidRDefault="00AE2212" w:rsidP="008F5736">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12B33E52" w14:textId="1197AC68" w:rsidR="00A657FF" w:rsidRPr="004C26C3" w:rsidRDefault="00A657FF" w:rsidP="004C26C3">
+      <w:pPr>
+        <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C26C3">
+        <w:t xml:space="preserve">Tables and </w:t>
+      </w:r>
+      <w:r w:rsidR="009A56B2" w:rsidRPr="004C26C3">
+        <w:t xml:space="preserve">images </w:t>
+      </w:r>
+      <w:r w:rsidR="004C26C3" w:rsidRPr="004C26C3">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[BDI Heading 2 – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t>Título</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C26C3" w:rsidRPr="004C26C3">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C34F9C" w14:textId="7B20450D" w:rsidR="00713A65" w:rsidRPr="005F4EA5" w:rsidRDefault="00A657FF" w:rsidP="005C0061">
       <w:pPr>
         <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>negritas, redondas, cursivas/itálicas), sirven para diferencias palabras o frases del conjunto del texto. Utilice cursivas para las siguientes situaciones:</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>All tables included in the article must be referenced in the text, numbered consecutively (Table 1, Table 2, etc.) and have a title. Tables must be created in the Word file with editable text (do not use tables as embedded images).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C00094C" w14:textId="77777777" w:rsidR="00465D70" w:rsidRDefault="00465D70" w:rsidP="00465D70">
-[...1 lines deleted...]
-        <w:pStyle w:val="BDINewparagraph-Nuevoprrafo"/>
+    <w:p w14:paraId="25B0FD14" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRPr="005F4EA5" w:rsidRDefault="00AE2212" w:rsidP="005C0061">
+      <w:pPr>
+        <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53E2FBC1" w14:textId="011E8F30" w:rsidR="00465D70" w:rsidRPr="00465D70" w:rsidRDefault="00465D70" w:rsidP="00465D70">
+    <w:p w14:paraId="5F84ACEF" w14:textId="4F275EB9" w:rsidR="00465A0C" w:rsidRPr="005F4EA5" w:rsidRDefault="00465A0C" w:rsidP="005C0061">
       <w:pPr>
         <w:pStyle w:val="BDITabletitle-Ttulodetabla"/>
-      </w:pPr>
-[...49 lines deleted...]
-        <w:t>]</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Table</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2212" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. Write the title here.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablanormal2"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1822"/>
-[...1365 lines deleted...]
-        <w:gridCol w:w="2487"/>
+        <w:gridCol w:w="2488"/>
+        <w:gridCol w:w="2488"/>
         <w:gridCol w:w="2488"/>
         <w:gridCol w:w="2488"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A657FF" w:rsidRPr="00484DE5" w14:paraId="5B14D508" w14:textId="77777777" w:rsidTr="00AE2212">
+      <w:tr w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w14:paraId="5B14D508" w14:textId="77777777" w:rsidTr="00AE2212">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="348"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30DF74C1" w14:textId="43923DA0" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+          <w:p w14:paraId="30DF74C1" w14:textId="43923DA0" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484DE5">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="078EE0F7" w14:textId="319A7330" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+          <w:p w14:paraId="078EE0F7" w14:textId="319A7330" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484DE5">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5916D6" w14:textId="1578EDC6" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+          <w:p w14:paraId="0F5916D6" w14:textId="1578EDC6" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484DE5">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:t xml:space="preserve">Variable </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67CDBE92" w14:textId="3A94334C" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+          <w:p w14:paraId="67CDBE92" w14:textId="3A94334C" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484DE5">
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
               <w:t>Variable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A657FF" w:rsidRPr="00484DE5" w14:paraId="3A9A0F23" w14:textId="77777777" w:rsidTr="00AE2212">
+      <w:tr w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w14:paraId="3A9A0F23" w14:textId="77777777" w:rsidTr="00AE2212">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="493D869F" w14:textId="4BB764D6" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+          <w:p w14:paraId="493D869F" w14:textId="4BB764D6" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484DE5">
-              <w:t>Concepto</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Concept</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58625F1F" w14:textId="16C59258" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+          <w:p w14:paraId="58625F1F" w14:textId="16C59258" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Texto</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50E80E8A" w14:textId="10212720" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+          <w:p w14:paraId="50E80E8A" w14:textId="10212720" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Texto</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71829BA5" w14:textId="4D4A74C8" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+          <w:p w14:paraId="71829BA5" w14:textId="4D4A74C8" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Texto</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A657FF" w:rsidRPr="00484DE5" w14:paraId="7F695824" w14:textId="77777777" w:rsidTr="008431B0">
+      <w:tr w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w14:paraId="7F695824" w14:textId="77777777" w:rsidTr="008431B0">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="434397D8" w14:textId="6290C697" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
+          <w:p w14:paraId="434397D8" w14:textId="6290C697" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00A657FF" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00484DE5">
-              <w:t>Concepto</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Concept</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1325030D" w14:textId="3230371F" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+          <w:p w14:paraId="1325030D" w14:textId="3230371F" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Texto</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF2CB70" w14:textId="45943F11" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+          <w:p w14:paraId="0DF2CB70" w14:textId="45943F11" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Texto</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2491" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="367346A1" w14:textId="071E8162" w:rsidR="00A657FF" w:rsidRPr="00484DE5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
+          <w:p w14:paraId="367346A1" w14:textId="071E8162" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00582356" w:rsidP="00AE2212">
             <w:pPr>
               <w:pStyle w:val="BDITable-Tabla"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Texto</w:t>
+            <w:r w:rsidRPr="005F4EA5">
+              <w:rPr>
+                <w:noProof/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56F292C6" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRDefault="00AE2212" w:rsidP="005C0061">
+    <w:p w14:paraId="56F292C6" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRPr="005F4EA5" w:rsidRDefault="00AE2212" w:rsidP="005C0061">
       <w:pPr>
         <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A00D8A7" w14:textId="54094561" w:rsidR="00A657FF" w:rsidRPr="00252547" w:rsidRDefault="00A657FF" w:rsidP="00252547">
+    <w:p w14:paraId="1916452A" w14:textId="77777777" w:rsidR="00C52FCD" w:rsidRDefault="00C52FCD" w:rsidP="00252547">
+      <w:pPr>
+        <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A00D8A7" w14:textId="7F0FB817" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="00A657FF" w:rsidP="00252547">
       <w:pPr>
         <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:t>Todas las imágenes que se incluyan en el artículo deben estar referidas en el texto y estar numeradas de forma correlativa (Figura 1, Figura 2, etc.). Para cada imagen se debe incluir un pie de foto con el número de la figura, título y una breve reseña de su contenido. Todas las imágenes deben enviarse como archivos separados en formato JPG y resolución de 300 dpi. Las imágenes que se incluyan en el documento serán de responsabilidad del o los autores y deben contar con las autorizaciones necesarias.</w:t>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>All images included in the article must be referenced in the text and numbered consecutively (Figure 1, Figure 2, etc.). Each image must include a caption with the figure number, title, and a brief description of its content. All images must be sent as separate files in JPG format with a resolution of 300 dpi. The authors are responsible for the images included in the document and must have the necessary authorizations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B7BC84" w14:textId="1F300DC5" w:rsidR="00A657FF" w:rsidRPr="001D7090" w:rsidRDefault="004919CD" w:rsidP="001D7090">
+    <w:p w14:paraId="37B7BC84" w14:textId="1F300DC5" w:rsidR="00A657FF" w:rsidRPr="005F4EA5" w:rsidRDefault="004919CD" w:rsidP="001D7090">
       <w:pPr>
         <w:pStyle w:val="BDIFigure-Figura"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="118CF9EA" wp14:editId="54FEF581">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="118CF9EA" wp14:editId="6BDEC65F">
+            <wp:extent cx="6320032" cy="3424518"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
             <wp:docPr id="1839452078" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1839452078" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
+                  <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId8"/>
-                    <a:stretch>
-[...1 lines deleted...]
-                    </a:stretch>
+                    <a:srcRect t="13208" b="5403"/>
+                    <a:stretch/>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6321287" cy="4208466"/>
+                      <a:ext cx="6321287" cy="3425198"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D704571" w14:textId="0EC5B131" w:rsidR="004919CD" w:rsidRPr="001D7090" w:rsidRDefault="008431B0" w:rsidP="001D7090">
+    <w:p w14:paraId="4D704571" w14:textId="16AAB850" w:rsidR="004919CD" w:rsidRPr="005F4EA5" w:rsidRDefault="008431B0" w:rsidP="001D7090">
       <w:pPr>
         <w:pStyle w:val="BDIFigurecaption-Piedefigura"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00AC47E3" w:rsidRPr="001D7090">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="001D7090">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AC47E3" w:rsidRPr="001D7090">
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Paste the figure caption here</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00EA0F5F" w:rsidRPr="001D7090">
-[...26 lines deleted...]
-      <w:r w:rsidR="009A56B2" w:rsidRPr="001D7090">
+      <w:r w:rsidR="00EA0F5F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Remember to include the figure title and a brief explanation of its content. </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do not forget to obtain the appropriate permission and include </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the required acknowledgment from the copyright holder if a figure is </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obtained </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>from another source</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7090" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009A56B2" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[BDI Figure Caption</w:t>
+      </w:r>
+      <w:r w:rsidR="0079738F">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A56B2" w:rsidRPr="001D7090">
-        <w:rPr>
+      <w:r w:rsidR="0079738F" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
-        </w:rPr>
-        <w:t>[Utilice el estilo BDI Figure Caption – Pie de figura]</w:t>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>– Pie de figura</w:t>
+      </w:r>
+      <w:r w:rsidR="009A56B2" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188E3BBE" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRDefault="00AE2212" w:rsidP="002E5DCC">
+    <w:p w14:paraId="113424F6" w14:textId="77777777" w:rsidR="0079738F" w:rsidRDefault="0079738F" w:rsidP="002E5DCC">
       <w:pPr>
         <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DFF2A89" w14:textId="6F8D3DF1" w:rsidR="002E5DCC" w:rsidRPr="00115A1F" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+    <w:p w14:paraId="7DFF2A89" w14:textId="6CEB1291" w:rsidR="002E5DCC" w:rsidRPr="005F4EA5" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
       <w:pPr>
         <w:pStyle w:val="BDIHeading1-Ttulo1"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>:</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Resources for improving academic writing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68236BEB" w14:textId="00B85B39" w:rsidR="002E5DCC" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+    <w:p w14:paraId="68236BEB" w14:textId="00B85B39" w:rsidR="002E5DCC" w:rsidRPr="005F4EA5" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
       <w:pPr>
         <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:t>. Base recomienda los siguientes sitios web:</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>If you have questions about spelling, the correct use of capital letters, or general aspects of academic style, we recommend consulting reliable resources that ensure consistency and accuracy in writing</w:t>
+      </w:r>
+      <w:r w:rsidR="004919CD" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. Base recommends the following websites:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4293F08B" w14:textId="47617CD7" w:rsidR="002E5DCC" w:rsidRPr="002E5DCC" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+    <w:p w14:paraId="4293F08B" w14:textId="47617CD7" w:rsidR="002E5DCC" w:rsidRPr="005F4EA5" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
       <w:pPr>
         <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
-      </w:pPr>
-[...13 lines deleted...]
-        <w:t>Orientaciones en español sobre ortografía, gramática y uso adecuado del idioma.</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>FundéuRAE (https://www.fundeu.es/) Guidance in Spanish on spelling, grammar, and proper language use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD234CB" w14:textId="1C3C82B5" w:rsidR="002E5DCC" w:rsidRPr="002E5DCC" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+    <w:p w14:paraId="4BD234CB" w14:textId="1C3C82B5" w:rsidR="002E5DCC" w:rsidRPr="005F4EA5" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
       <w:pPr>
         <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
-      </w:pPr>
-[...2 lines deleted...]
-        <w:t>Merriam-Webster Dictionary (https://www.merriam-webster.com/) Definiciones y ejemplos en inglés para mejorar precisión léxica.</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Merriam-Webster Dictionary (https://www.merriam-webster.com/) Definitions and examples in English to improve lexical accuracy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C14DF51" w14:textId="0AEC87E9" w:rsidR="002E5DCC" w:rsidRPr="002E5DCC" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+    <w:p w14:paraId="6C14DF51" w14:textId="0AEC87E9" w:rsidR="002E5DCC" w:rsidRPr="005F4EA5" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
       <w:pPr>
         <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Merriam-Webster Grammar (https://www.merriam-webster.com/grammar) Reglas y explicaciones prácticas sobre gramática en inglés.</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Merriam-Webster Grammar (https://www.merriam-webster.com/grammar) Rules and practical explanations on English grammar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3765226D" w14:textId="0FED3319" w:rsidR="004919CD" w:rsidRPr="008F5736" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
+    <w:p w14:paraId="3765226D" w14:textId="0FED3319" w:rsidR="004919CD" w:rsidRPr="005F4EA5" w:rsidRDefault="002E5DCC" w:rsidP="002E5DCC">
       <w:pPr>
         <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>APA Style – Getting Started (https://apastyle.apa.org/beginners) Guía oficial de la American Psychological Association para principiantes, con lineamientos sobre mayúsculas, redacción y estilo académico.</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>APA Style – Getting Started (https://apastyle.apa.org/beginners) Official guide from the American Psychological Association for beginners, with guidelines on capitalization, writing, and academic style.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="707C578F" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRDefault="00AE2212" w:rsidP="00115A1F">
+    <w:p w14:paraId="707C578F" w14:textId="77777777" w:rsidR="00AE2212" w:rsidRPr="005F4EA5" w:rsidRDefault="00AE2212" w:rsidP="00115A1F">
       <w:pPr>
         <w:pStyle w:val="BDIHeading1-Ttulo1"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CC2C725" w14:textId="6456C97B" w:rsidR="00AC47E3" w:rsidRPr="00115A1F" w:rsidRDefault="00AC47E3" w:rsidP="00115A1F">
+    <w:p w14:paraId="2CC2C725" w14:textId="5E8EB3F5" w:rsidR="00AC47E3" w:rsidRPr="005F4EA5" w:rsidRDefault="00AC47E3" w:rsidP="00115A1F">
       <w:pPr>
         <w:pStyle w:val="BDIHeading1-Ttulo1"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t>Referencias:</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C549200" w14:textId="581A2AFF" w:rsidR="00B25726" w:rsidRDefault="009964B3" w:rsidP="004F7D36">
+    <w:p w14:paraId="7C549200" w14:textId="12AA176D" w:rsidR="00B25726" w:rsidRPr="00782A08" w:rsidRDefault="00782A08" w:rsidP="004F7D36">
       <w:pPr>
         <w:pStyle w:val="BDIFirstParagraph-Primerprrafo"/>
-      </w:pPr>
-[...37 lines deleted...]
-        <w:t>. Cada referencia incluye la indicación del tipo de fuente (libro, artículo de revista, página web, capítulo de libro, etc.).</w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="009964B3" w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Include </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="009964B3" w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">list of </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">references </w:t>
+      </w:r>
+      <w:r w:rsidR="009964B3" w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here following </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC47E3" w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>APA style</w:t>
+      </w:r>
+      <w:r w:rsidR="009964B3" w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7th edition. Below are examples of references in APA format, based on articles published in the Revista Base Diseño e Innovación (BDI) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6085E" w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>and other external sources</w:t>
+      </w:r>
+      <w:r w:rsidR="009964B3" w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. Each reference includes an indication of the type of source (book, journal article, website, book chapter, etc.).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00782A08">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="0070C0"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E5CD61" w14:textId="63C73214" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="466181AC" w14:textId="6D1F2757" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Avramova, N.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (2019, 3 de enero). </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>The secret to a long, happy, healthy life? Think age-positive.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...19 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CNN. https://edition.cnn.com/2019/01/03/health/respect-toward-elderly-leads-to-long-life-intl/index.html </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Web page on a news site</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1904F82E" w14:textId="0E35FD1A" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="25B87216" w14:textId="5F35369B" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Cable, D.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (2013). </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...25 lines deleted...]
-        <w:t>[Mapa].</w:t>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>The racial dot map.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University of Virginia, Weldon Cooper Center for Public Service. https://demographics.coopercenter.org/Racial-Dot-Map. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[Map].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB1AC70" w14:textId="3EA890C9" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="2FFD7E39" w14:textId="6CDFCFD5" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Canan, E., &amp; Vasilev, J.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (2019, 22 de mayo). </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Notas de la conferencia sobre distribución de recursos.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...22 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department of Management Control and Information Systems, University of Chile. https://uchilefau.academia.edu/ElseZCanan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>onferenc</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>e notes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB8D695" w14:textId="6BD918E8" w:rsidR="004F7D36" w:rsidRPr="004F7D36" w:rsidRDefault="004F7D36" w:rsidP="004F7D36">
+    <w:p w14:paraId="2AE02E72" w14:textId="77777777" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004F7D36">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve">Alarcón Castro, J., &amp; Arruda, A. (2022). Editorial: Materiales emergentes y [bio-diseño]. </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F7D36">
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Base Diseño E Innovación, 7</w:t>
       </w:r>
-      <w:r w:rsidRPr="004F7D36">
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(7), 1–6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">https://doi.org/10.52611/bdi.num8.2022.848 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[Editorial].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="756287CE" w14:textId="3241DCCF" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
+      <w:pPr>
+        <w:pStyle w:val="BDIReferences-Referencias"/>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:lang w:val="es-ES"/>
-[...36 lines deleted...]
-        <w:t>.</w:t>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Cutts, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2017, 24 de noviembre). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Happiness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Video]. Vimeo. https://vimeo.com/244405542 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[YouTube </w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Video</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vimeo].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487AA407" w14:textId="029D6EDA" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="6000D31C" w14:textId="0348D867" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fistek, A., Jester, E., &amp; Sonnenberg, K.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2017, 12–15 de julio). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Everybody’s got a little music in them: Using music therapy to connect, engage, and motivate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...10 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autism Society National Conference, Milwaukee, WI, United States. https://asa.con-fex.com/asa/2017/webprogramarchives/Session9517.html </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>ongres</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>s session</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23F38267" w14:textId="06935104" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="1AAFBAF5" w14:textId="4FB10741" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Forman, M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Director). (1975). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>One flew over the cuckoo’s nest.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...22 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>United Artists.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Movie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FDE656F" w14:textId="6B0EDF29" w:rsidR="004235AE" w:rsidRPr="004235AE" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="62A3FE0D" w14:textId="42AD98C1" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fried, D., &amp; Polyakova, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...28 lines deleted...]
-        <w:t>[Película].</w:t>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Democratic defense against disinformation.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlantic Council. https://www.atlanticcouncil.org/images/publications/Democratic_Defense_Against_Disinformation_FINAL.pdf </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Report by individual authors in a government agency</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21E6401F" w14:textId="34940BA0" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="485629A4" w14:textId="77777777" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Giertz, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2018, abril). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:t>.</w:t>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Why you should make useless things</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Video]. TED Conferences. https://www.ted.com/talks/simone_giertz_why_you_should_make_useless_things </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[TED talk].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D2AB30" w14:textId="2E8EC9F9" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="2C884827" w14:textId="173277A5" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Glass, I.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Anfitrión). (2011, 12 de agosto). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...22 lines deleted...]
-        <w:t>.</w:t>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Amusement park (No. 443).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> En </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>This American Life.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WBEZ Chicago. https://www.thisamericanlife.org/radio-archives/episode/443/amusement-park </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Audio podcast episode</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46FE30B8" w14:textId="60829112" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="0344D644" w14:textId="77777777" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Goldberg, J. F.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Evaluating adverse drug effects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...16 lines deleted...]
-          <w:lang w:val="es-ES"/>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F7D36" w:rsidRPr="004235AE">
-[...3 lines deleted...]
-        <w:t>[Episodio de podcast de audio].</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">American Psychiatric Association. https://education.psychiatry.org/Users/ProductDetails.aspx?ActivityID=6172 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[Webinar].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="209FEC58" w14:textId="2C93276C" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="02DC96DE" w14:textId="4F61C7D3" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Harris, L.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2014). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Instructional leadership perceptions and practices of elementary school leaders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...15 lines deleted...]
-        <w:t>[Webinar].</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of Virginia. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Unpublished doctoral dissertation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="323ABC38" w14:textId="515E0D7B" w:rsidR="004235AE" w:rsidRPr="004F7D36" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="639483E9" w14:textId="68EA9709" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Jakobsen, O., &amp; Valderrama Pineda, A. F.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2024). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Luchando por el diseño para el pluriverso en el Norte Global.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...12 lines deleted...]
-        <w:t>[Disertación doctoral inédita].</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Base Diseño e Innovación, 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(10). https://doi.org/10.52611/bdi.num10.2024.1153 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Scientific journal article with DOI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1253786E" w14:textId="056B1204" w:rsidR="004235AE" w:rsidRPr="004235AE" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="53957A80" w14:textId="1CC1AB44" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Maddox, S., Hurling, J., Stewart, E., &amp; Edwards, A.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2016, 30 de marzo–2 de abril). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>If mama ain’t happy, nobody’s happy: The effect of parental depression on mood dysregulation in children</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...18 lines deleted...]
-        <w:t>[Artículo de revista científica con DOI]</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Southeastern Psychological Association 62nd Annual Meeting, New Orleans, LA, United States. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Written presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273FBD66" w14:textId="51ECE80B" w:rsidR="004235AE" w:rsidRPr="00C10DE0" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="2889522C" w14:textId="00AA3240" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Martin Lillie, C. M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2016, 29 de diciembre). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...21 lines deleted...]
-        <w:t>[Presentación de escrito].</w:t>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Be kind to yourself: How self-compassion can improve your resiliency.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mayo Clinic. https://www.mayoclinic.org/healthy-lifestyle/adult-health/in-depth/self-compassion-can-improve-your-resiliency/art-20267193 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Website with individual author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5351B6B0" w14:textId="2506F8BB" w:rsidR="004235AE" w:rsidRPr="00D17FA2" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="37223B60" w14:textId="06BF16DC" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>McCurry, S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1985). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Afghan girl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D17FA2">
-[...3 lines deleted...]
-        <w:t>[Página web con autor individual]</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">National Geographic. https://www.nationalgeographic.com/magazine/1985/06/afghan-girl-photo/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Picture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00DA6677" w14:textId="0ADA7905" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="374CA01A" w14:textId="57B04063" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>O’Shea, M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2018). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Understanding proactive behavior in the workplace as a function of gender</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D17FA2">
-[...1 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...21 lines deleted...]
-        <w:t>[Fotografía].</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department of Management, University of Kansas. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Manuscript</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> draft</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5599A59E" w14:textId="5703DA47" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="11A6D133" w14:textId="083A7F20" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Pearson, J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2018, 27–30 de septiembre). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Fat talk and its effects on state-based body image in women</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D17FA2">
-[...1 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...12 lines deleted...]
-        <w:t>[Manuscrito en preparación].</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Australian Psychological Society Congress, Sydney, NSW, Australia. http://bit.ly/2XGSThP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Poster presentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027375B2" w14:textId="3468FA74" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="47B45D81" w14:textId="3F4C3413" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Rossman, J., &amp; Palmer, R.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2015). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Sorting through our space junk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D17FA2">
-[...1 lines deleted...]
-          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...15 lines deleted...]
-        <w:t>[Presentación de cartel].</w:t>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">World Science Festival. https://www.worldsciencefestival.com/2015/11/space-junk-infographic/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[In</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>fographics</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2276DDB2" w14:textId="2378AA63" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="6D73FEBE" w14:textId="6A86D3E1" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Stead, M.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2024). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>More-than-Human Net Zero Futures: Disruptive participatory design for a sustainable equitable planet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Base Diseño e Innovación, 9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(10). https://doi.org/10.52611/bdi.num10.2024.1169 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Article in another language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D17FA2">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="0697F62D" w14:textId="534C38B8" w:rsidR="004235AE" w:rsidRPr="004235AE" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="1600B9E9" w14:textId="7E90B84E" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>The New York Public Library [@nypl].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (s.f.). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...24 lines deleted...]
-        <w:t>[Artículo en otro idioma]</w:t>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>The raven.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Instagram. Recuperado el 16 de abril de 2019, de https://bit.ly/2FV8bu3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Featured Instagram Story</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ECBD047" w14:textId="09593A96" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="34E8CEED" w14:textId="79469B56" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>U.S. Census Bureau.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (s.f.). </w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>U.S. and world population clock.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> U.S. Department of Commerce. Recuperado el 3 de julio de 2019, de https://www.census.gov/popclock/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881" w:rsidRPr="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Website with recovery date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004235AE">
-[...7 lines deleted...]
-          <w:lang w:val="es-ES"/>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00670638" w:rsidRPr="00EA7448">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3C01E28C" w14:textId="125F15A4" w:rsidR="004235AE" w:rsidRPr="004235AE" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="443A0956" w14:textId="033F5051" w:rsidR="0079738F" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004235AE">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Wood, G.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1930). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">[Página web con fecha de recuperación] </w:t>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>American Gothic.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Art Institute of Chicago, Chicago, IL, United States. https://www.artic.edu/collections/artwork/6565 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Painting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5CFBE3" w14:textId="24DC9F8E" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
+    <w:p w14:paraId="4865C27B" w14:textId="2ED826AB" w:rsidR="004235AE" w:rsidRPr="005F4EA5" w:rsidRDefault="0079738F" w:rsidP="0079738F">
       <w:pPr>
         <w:pStyle w:val="BDIReferences-Referencias"/>
         <w:rPr>
-          <w:lang w:val="es-ES"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="Textoennegrita"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004235AE">
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Zeitz MOCAA [@zeitzmocaa].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2018, 26 de noviembre). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Grade 6 learners from Parkfields Primary School in Hanover Park visited the museum for a tour and workshop hosted by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [Fotografías]. Instagram. https://www.instagram.com/p/BqpHpjFBs3b/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[Instagram</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> picture or video</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F4EA5">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00254881">
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="548DD4" w:themeColor="text2" w:themeTint="99"/>
+          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EA7448">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1D3803F1" w14:textId="11FA69CF" w:rsidR="004235AE" w:rsidRPr="00670638" w:rsidRDefault="004235AE" w:rsidP="00B531E8">
-[...87 lines deleted...]
-    <w:sectPr w:rsidR="004235AE" w:rsidRPr="00AD521E" w:rsidSect="008F0346">
+    <w:sectPr w:rsidR="004235AE" w:rsidRPr="005F4EA5" w:rsidSect="008F0346">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12220" w:h="15840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DD1B087" w14:textId="77777777" w:rsidR="008659A0" w:rsidRDefault="008659A0" w:rsidP="002850C8">
+    <w:p w14:paraId="4633ACED" w14:textId="77777777" w:rsidR="00877200" w:rsidRDefault="00877200" w:rsidP="002850C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07E661F7" w14:textId="77777777" w:rsidR="008659A0" w:rsidRDefault="008659A0" w:rsidP="002850C8">
+    <w:p w14:paraId="41ABA308" w14:textId="77777777" w:rsidR="00877200" w:rsidRDefault="00877200" w:rsidP="002850C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="225497A3" w14:textId="77777777" w:rsidR="008659A0" w:rsidRDefault="008659A0" w:rsidP="002850C8">
+    <w:p w14:paraId="3608D398" w14:textId="77777777" w:rsidR="00877200" w:rsidRDefault="00877200" w:rsidP="002850C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D3230FE" w14:textId="77777777" w:rsidR="008659A0" w:rsidRDefault="008659A0" w:rsidP="002850C8">
+    <w:p w14:paraId="1F8CAE43" w14:textId="77777777" w:rsidR="00877200" w:rsidRDefault="00877200" w:rsidP="002850C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="-378783310"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="0AA9E0AF" w14:textId="27391362" w:rsidR="008F0346" w:rsidRDefault="008F0346" w:rsidP="001B058F">
         <w:pPr>
           <w:pStyle w:val="Encabezado"/>
@@ -5371,50 +7528,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E1C68AE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="570E109E"/>
+    <w:lvl w:ilvl="0" w:tplc="080A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1004" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1724" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2444" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3164" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3884" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4604" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5324" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6044" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6764" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16E62B17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75E44860"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5483,51 +7726,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F413159"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="30C08770"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="153"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -5572,51 +7815,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FBD58E1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1B88B870"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -5661,51 +7904,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27E8289F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E976D66C"/>
     <w:lvl w:ilvl="0" w:tplc="0CDA7214">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5777,51 +8020,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="389B5003"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DD5255FA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="454"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -5866,58 +8109,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C5D0C07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4CA02766"/>
+    <w:tmpl w:val="AB182E3E"/>
     <w:lvl w:ilvl="0" w:tplc="79367BA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="BDINumberedlist-Listanumerada"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="153"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FE3AC208">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="77E4D7DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%3)"/>
@@ -5962,51 +8204,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D4A71FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CADCD1BE"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6051,51 +8293,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46560973"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6A9203A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6164,51 +8406,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5838135E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68EEE13A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6304,51 +8546,147 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58951924"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CEFE8C8E"/>
+    <w:lvl w:ilvl="0" w:tplc="4FC6F376">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="BDINumberedlist-Listanumerada"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BD96BF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="76D2C65A"/>
     <w:lvl w:ilvl="0" w:tplc="0456C424">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="BDIBulletedlist-Listaconvieta"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6418,51 +8756,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DD751B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57082860"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6507,51 +8845,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63FA38AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C96A95C2"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -6596,51 +8934,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D9373AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B89CB32C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="153"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -6689,200 +9027,208 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1779331526">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="122508475">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="150561495">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1859200284">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="313409379">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="121652566">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="280116489">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1443256612">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1530951143">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="448357710">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2031445181">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1609973220">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="733509697">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="340859762">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="686832823">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="91364649">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="800537351">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="482507940">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="962660881">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="633102199">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="55666127">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1158575533">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="897672737">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1485851289">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1792934957">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="79983730">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="23944258">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="430976297">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="430976297">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="29" w16cid:durableId="578562309">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1297613035">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1512910824">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="812911721">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="141897465">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1261377618">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="382483985">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1204832170">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="2016494818">
     <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1040714324">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="335379324">
+    <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="142"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007603E0"/>
     <w:rsid w:val="00000C38"/>
     <w:rsid w:val="00001899"/>
     <w:rsid w:val="000041D6"/>
     <w:rsid w:val="000049AD"/>
+    <w:rsid w:val="00011B21"/>
     <w:rsid w:val="000133C0"/>
     <w:rsid w:val="00014C4E"/>
     <w:rsid w:val="00017107"/>
     <w:rsid w:val="000202E2"/>
     <w:rsid w:val="00021AD2"/>
     <w:rsid w:val="00022441"/>
     <w:rsid w:val="0002261E"/>
+    <w:rsid w:val="000239DB"/>
     <w:rsid w:val="00024839"/>
     <w:rsid w:val="00026871"/>
     <w:rsid w:val="00037A98"/>
     <w:rsid w:val="000427FB"/>
     <w:rsid w:val="0004455E"/>
     <w:rsid w:val="00047CB5"/>
     <w:rsid w:val="00051FAA"/>
     <w:rsid w:val="0005410B"/>
     <w:rsid w:val="000572A9"/>
     <w:rsid w:val="00061325"/>
     <w:rsid w:val="00070030"/>
     <w:rsid w:val="000733AC"/>
     <w:rsid w:val="00074D22"/>
     <w:rsid w:val="00075081"/>
     <w:rsid w:val="0007528A"/>
     <w:rsid w:val="00077C37"/>
     <w:rsid w:val="000811AB"/>
     <w:rsid w:val="00083C5F"/>
     <w:rsid w:val="0009172C"/>
     <w:rsid w:val="000930EC"/>
     <w:rsid w:val="00095E61"/>
     <w:rsid w:val="000966C1"/>
     <w:rsid w:val="000970AC"/>
     <w:rsid w:val="000A1167"/>
     <w:rsid w:val="000A4428"/>
@@ -6896,54 +9242,57 @@
     <w:rsid w:val="000C554F"/>
     <w:rsid w:val="000D0DC5"/>
     <w:rsid w:val="000D15FF"/>
     <w:rsid w:val="000D28DF"/>
     <w:rsid w:val="000D488B"/>
     <w:rsid w:val="000D68DF"/>
     <w:rsid w:val="000E138D"/>
     <w:rsid w:val="000E187A"/>
     <w:rsid w:val="000E2D61"/>
     <w:rsid w:val="000E450E"/>
     <w:rsid w:val="000E4858"/>
     <w:rsid w:val="000E6259"/>
     <w:rsid w:val="000F4677"/>
     <w:rsid w:val="000F5BE0"/>
     <w:rsid w:val="00100587"/>
     <w:rsid w:val="0010284E"/>
     <w:rsid w:val="00103122"/>
     <w:rsid w:val="0010336A"/>
     <w:rsid w:val="001050F1"/>
     <w:rsid w:val="00105AEA"/>
     <w:rsid w:val="00106DAF"/>
     <w:rsid w:val="00106FEF"/>
     <w:rsid w:val="00113166"/>
     <w:rsid w:val="00115A1F"/>
     <w:rsid w:val="00116023"/>
+    <w:rsid w:val="00124973"/>
     <w:rsid w:val="00134A51"/>
     <w:rsid w:val="00140727"/>
+    <w:rsid w:val="0014681E"/>
     <w:rsid w:val="00160628"/>
     <w:rsid w:val="00161344"/>
+    <w:rsid w:val="00161FDD"/>
     <w:rsid w:val="00162195"/>
     <w:rsid w:val="0016322A"/>
     <w:rsid w:val="00165A21"/>
     <w:rsid w:val="001705CE"/>
     <w:rsid w:val="0017714B"/>
     <w:rsid w:val="001804DF"/>
     <w:rsid w:val="00181BDC"/>
     <w:rsid w:val="00181DB0"/>
     <w:rsid w:val="001829E3"/>
     <w:rsid w:val="001943A2"/>
     <w:rsid w:val="0019731E"/>
     <w:rsid w:val="001A09FE"/>
     <w:rsid w:val="001A188D"/>
     <w:rsid w:val="001A67C9"/>
     <w:rsid w:val="001A69DE"/>
     <w:rsid w:val="001B1989"/>
     <w:rsid w:val="001B1C7C"/>
     <w:rsid w:val="001B398F"/>
     <w:rsid w:val="001B46C6"/>
     <w:rsid w:val="001B4B48"/>
     <w:rsid w:val="001B4D1F"/>
     <w:rsid w:val="001B4EC3"/>
     <w:rsid w:val="001B7681"/>
     <w:rsid w:val="001B7CAE"/>
     <w:rsid w:val="001C04C4"/>
@@ -6951,127 +9300,133 @@
     <w:rsid w:val="001C0D4F"/>
     <w:rsid w:val="001C1DEC"/>
     <w:rsid w:val="001C5736"/>
     <w:rsid w:val="001D4A49"/>
     <w:rsid w:val="001D7090"/>
     <w:rsid w:val="001E0572"/>
     <w:rsid w:val="001E0A67"/>
     <w:rsid w:val="001E1028"/>
     <w:rsid w:val="001E14E2"/>
     <w:rsid w:val="001E6302"/>
     <w:rsid w:val="001E7DCB"/>
     <w:rsid w:val="001F3411"/>
     <w:rsid w:val="001F4287"/>
     <w:rsid w:val="001F4DBA"/>
     <w:rsid w:val="0020415E"/>
     <w:rsid w:val="00204FF4"/>
     <w:rsid w:val="0021056E"/>
     <w:rsid w:val="0021075D"/>
     <w:rsid w:val="0021165A"/>
     <w:rsid w:val="0021194C"/>
     <w:rsid w:val="00211BC9"/>
     <w:rsid w:val="0021620C"/>
     <w:rsid w:val="00216E78"/>
     <w:rsid w:val="00217275"/>
     <w:rsid w:val="00221AA2"/>
+    <w:rsid w:val="00224B5D"/>
     <w:rsid w:val="00231BB0"/>
     <w:rsid w:val="00236F4B"/>
     <w:rsid w:val="00242B0D"/>
     <w:rsid w:val="002434D3"/>
     <w:rsid w:val="002467C6"/>
     <w:rsid w:val="0024692A"/>
+    <w:rsid w:val="0025137B"/>
     <w:rsid w:val="00252547"/>
     <w:rsid w:val="00252BBA"/>
     <w:rsid w:val="00253123"/>
+    <w:rsid w:val="00254881"/>
     <w:rsid w:val="00261C6A"/>
     <w:rsid w:val="00264001"/>
     <w:rsid w:val="00266354"/>
     <w:rsid w:val="00267A18"/>
     <w:rsid w:val="00273462"/>
     <w:rsid w:val="0027395B"/>
     <w:rsid w:val="00275854"/>
     <w:rsid w:val="00283B41"/>
     <w:rsid w:val="002850C8"/>
     <w:rsid w:val="00285F28"/>
     <w:rsid w:val="00286398"/>
     <w:rsid w:val="002A3C42"/>
     <w:rsid w:val="002A5D75"/>
     <w:rsid w:val="002B1B1A"/>
     <w:rsid w:val="002B7228"/>
     <w:rsid w:val="002C53EE"/>
     <w:rsid w:val="002D24F7"/>
     <w:rsid w:val="002D2799"/>
     <w:rsid w:val="002D2CD7"/>
     <w:rsid w:val="002D4DDC"/>
     <w:rsid w:val="002D4F75"/>
     <w:rsid w:val="002D6493"/>
     <w:rsid w:val="002D7AB6"/>
     <w:rsid w:val="002E06D0"/>
     <w:rsid w:val="002E3C27"/>
     <w:rsid w:val="002E403A"/>
     <w:rsid w:val="002E5DCC"/>
     <w:rsid w:val="002E7F3A"/>
     <w:rsid w:val="002F4EDB"/>
     <w:rsid w:val="002F4F66"/>
     <w:rsid w:val="002F6054"/>
     <w:rsid w:val="0030121A"/>
     <w:rsid w:val="00315713"/>
     <w:rsid w:val="0031686C"/>
     <w:rsid w:val="00316FE0"/>
     <w:rsid w:val="003204D2"/>
     <w:rsid w:val="00320530"/>
     <w:rsid w:val="0032605E"/>
+    <w:rsid w:val="0032616F"/>
+    <w:rsid w:val="003271E1"/>
     <w:rsid w:val="003275D1"/>
     <w:rsid w:val="00330922"/>
     <w:rsid w:val="00330B2A"/>
     <w:rsid w:val="00331E17"/>
     <w:rsid w:val="00333063"/>
     <w:rsid w:val="003408E3"/>
     <w:rsid w:val="00343480"/>
     <w:rsid w:val="00345E89"/>
     <w:rsid w:val="003522A1"/>
     <w:rsid w:val="0035254B"/>
     <w:rsid w:val="00353555"/>
     <w:rsid w:val="003565D4"/>
     <w:rsid w:val="003607FB"/>
     <w:rsid w:val="00360FD5"/>
     <w:rsid w:val="003634A5"/>
     <w:rsid w:val="00366868"/>
     <w:rsid w:val="00367506"/>
     <w:rsid w:val="00370085"/>
     <w:rsid w:val="003718A8"/>
     <w:rsid w:val="003744A7"/>
     <w:rsid w:val="00376235"/>
     <w:rsid w:val="00381FB6"/>
     <w:rsid w:val="003836D3"/>
     <w:rsid w:val="00383A52"/>
     <w:rsid w:val="00391652"/>
     <w:rsid w:val="0039507F"/>
     <w:rsid w:val="003A1260"/>
     <w:rsid w:val="003A295F"/>
     <w:rsid w:val="003A41DD"/>
     <w:rsid w:val="003A7033"/>
+    <w:rsid w:val="003B2B69"/>
     <w:rsid w:val="003B47FE"/>
     <w:rsid w:val="003B5673"/>
     <w:rsid w:val="003B62C9"/>
     <w:rsid w:val="003C7176"/>
     <w:rsid w:val="003D0929"/>
     <w:rsid w:val="003D4729"/>
     <w:rsid w:val="003D7DD6"/>
     <w:rsid w:val="003E1925"/>
     <w:rsid w:val="003E5AAF"/>
     <w:rsid w:val="003E600D"/>
     <w:rsid w:val="003E64DF"/>
     <w:rsid w:val="003E6A5D"/>
     <w:rsid w:val="003F193A"/>
     <w:rsid w:val="003F4207"/>
     <w:rsid w:val="003F5C46"/>
     <w:rsid w:val="003F7CBB"/>
     <w:rsid w:val="003F7D34"/>
     <w:rsid w:val="00412C8E"/>
     <w:rsid w:val="0041518D"/>
     <w:rsid w:val="0042221D"/>
     <w:rsid w:val="004235AE"/>
     <w:rsid w:val="00424DD3"/>
     <w:rsid w:val="004269C5"/>
     <w:rsid w:val="004336C2"/>
     <w:rsid w:val="00435939"/>
@@ -7087,50 +9442,51 @@
     <w:rsid w:val="00465D70"/>
     <w:rsid w:val="004667E0"/>
     <w:rsid w:val="0046760E"/>
     <w:rsid w:val="00470E10"/>
     <w:rsid w:val="00472543"/>
     <w:rsid w:val="00473368"/>
     <w:rsid w:val="00477A97"/>
     <w:rsid w:val="00481343"/>
     <w:rsid w:val="00483796"/>
     <w:rsid w:val="00484DE5"/>
     <w:rsid w:val="0048549E"/>
     <w:rsid w:val="004919CD"/>
     <w:rsid w:val="00493347"/>
     <w:rsid w:val="00496092"/>
     <w:rsid w:val="004A00DD"/>
     <w:rsid w:val="004A08DB"/>
     <w:rsid w:val="004A25D0"/>
     <w:rsid w:val="004A37E8"/>
     <w:rsid w:val="004A7549"/>
     <w:rsid w:val="004B09D4"/>
     <w:rsid w:val="004B2BDB"/>
     <w:rsid w:val="004B330A"/>
     <w:rsid w:val="004B7C8E"/>
     <w:rsid w:val="004C1DDE"/>
     <w:rsid w:val="004C26AB"/>
+    <w:rsid w:val="004C26C3"/>
     <w:rsid w:val="004D0EDC"/>
     <w:rsid w:val="004D1220"/>
     <w:rsid w:val="004D14B3"/>
     <w:rsid w:val="004D1529"/>
     <w:rsid w:val="004D2253"/>
     <w:rsid w:val="004D5514"/>
     <w:rsid w:val="004D56C3"/>
     <w:rsid w:val="004E0338"/>
     <w:rsid w:val="004E4FF3"/>
     <w:rsid w:val="004E56A8"/>
     <w:rsid w:val="004F3B55"/>
     <w:rsid w:val="004F4E46"/>
     <w:rsid w:val="004F6B7D"/>
     <w:rsid w:val="004F7D36"/>
     <w:rsid w:val="005015F6"/>
     <w:rsid w:val="005030C4"/>
     <w:rsid w:val="005031C5"/>
     <w:rsid w:val="00504FDC"/>
     <w:rsid w:val="005120CC"/>
     <w:rsid w:val="00512B7B"/>
     <w:rsid w:val="00514EA1"/>
     <w:rsid w:val="00516AAB"/>
     <w:rsid w:val="0051798B"/>
     <w:rsid w:val="00521F5A"/>
     <w:rsid w:val="005248E3"/>
@@ -7138,103 +9494,111 @@
     <w:rsid w:val="00526454"/>
     <w:rsid w:val="00531823"/>
     <w:rsid w:val="00534ECC"/>
     <w:rsid w:val="0053720D"/>
     <w:rsid w:val="00540EF5"/>
     <w:rsid w:val="00541BF3"/>
     <w:rsid w:val="00541CD3"/>
     <w:rsid w:val="005476FA"/>
     <w:rsid w:val="0055595E"/>
     <w:rsid w:val="00557988"/>
     <w:rsid w:val="00562C49"/>
     <w:rsid w:val="00562DEF"/>
     <w:rsid w:val="00563A35"/>
     <w:rsid w:val="00563C69"/>
     <w:rsid w:val="00566596"/>
     <w:rsid w:val="005730B0"/>
     <w:rsid w:val="005741E9"/>
     <w:rsid w:val="005748CF"/>
     <w:rsid w:val="00582356"/>
     <w:rsid w:val="00584270"/>
     <w:rsid w:val="00584738"/>
     <w:rsid w:val="005920B0"/>
     <w:rsid w:val="0059380D"/>
     <w:rsid w:val="00595A8F"/>
     <w:rsid w:val="00597BF2"/>
+    <w:rsid w:val="005A108D"/>
     <w:rsid w:val="005B134E"/>
     <w:rsid w:val="005B2039"/>
     <w:rsid w:val="005B344F"/>
     <w:rsid w:val="005B3FBA"/>
     <w:rsid w:val="005B40CD"/>
     <w:rsid w:val="005B4A1D"/>
     <w:rsid w:val="005B57C7"/>
     <w:rsid w:val="005B674D"/>
     <w:rsid w:val="005C0061"/>
     <w:rsid w:val="005C0CBE"/>
     <w:rsid w:val="005C1FCF"/>
     <w:rsid w:val="005D1885"/>
     <w:rsid w:val="005D3235"/>
     <w:rsid w:val="005D4A38"/>
     <w:rsid w:val="005E2EEA"/>
     <w:rsid w:val="005E3708"/>
     <w:rsid w:val="005E3CCD"/>
     <w:rsid w:val="005E3D6B"/>
     <w:rsid w:val="005E5E4A"/>
     <w:rsid w:val="005E693D"/>
     <w:rsid w:val="005E75BF"/>
+    <w:rsid w:val="005F3E79"/>
+    <w:rsid w:val="005F4EA5"/>
     <w:rsid w:val="005F57BA"/>
     <w:rsid w:val="005F61E6"/>
     <w:rsid w:val="005F6C45"/>
     <w:rsid w:val="0060446D"/>
     <w:rsid w:val="00605A69"/>
     <w:rsid w:val="00606C54"/>
+    <w:rsid w:val="006135CD"/>
     <w:rsid w:val="00614375"/>
     <w:rsid w:val="00615B0A"/>
     <w:rsid w:val="006168CF"/>
     <w:rsid w:val="0062011B"/>
     <w:rsid w:val="0062437B"/>
+    <w:rsid w:val="00624459"/>
     <w:rsid w:val="00626DE0"/>
     <w:rsid w:val="00630901"/>
+    <w:rsid w:val="006309D4"/>
     <w:rsid w:val="00631F8E"/>
     <w:rsid w:val="00636EE9"/>
     <w:rsid w:val="00640950"/>
     <w:rsid w:val="00641AE7"/>
     <w:rsid w:val="00642629"/>
+    <w:rsid w:val="0064300B"/>
     <w:rsid w:val="00644D99"/>
     <w:rsid w:val="0065293D"/>
     <w:rsid w:val="00653E88"/>
     <w:rsid w:val="00653EFC"/>
     <w:rsid w:val="00654021"/>
     <w:rsid w:val="00661045"/>
     <w:rsid w:val="00666DA8"/>
     <w:rsid w:val="00670638"/>
     <w:rsid w:val="00671057"/>
     <w:rsid w:val="00675AAF"/>
     <w:rsid w:val="0068031A"/>
     <w:rsid w:val="00681B2F"/>
     <w:rsid w:val="0068335F"/>
     <w:rsid w:val="00690C94"/>
+    <w:rsid w:val="00690FF2"/>
     <w:rsid w:val="00693302"/>
     <w:rsid w:val="0069640B"/>
     <w:rsid w:val="006A1A1F"/>
     <w:rsid w:val="006A1B83"/>
     <w:rsid w:val="006A21CD"/>
     <w:rsid w:val="006A5918"/>
     <w:rsid w:val="006B21B2"/>
     <w:rsid w:val="006B2EAB"/>
     <w:rsid w:val="006B4A4A"/>
     <w:rsid w:val="006C1594"/>
     <w:rsid w:val="006C19B2"/>
     <w:rsid w:val="006C5BB8"/>
     <w:rsid w:val="006C6936"/>
     <w:rsid w:val="006C7B01"/>
     <w:rsid w:val="006D0FE8"/>
     <w:rsid w:val="006D4B2B"/>
     <w:rsid w:val="006D4F3C"/>
     <w:rsid w:val="006D5C66"/>
     <w:rsid w:val="006E1B3C"/>
     <w:rsid w:val="006E23FB"/>
     <w:rsid w:val="006E325A"/>
     <w:rsid w:val="006E33EC"/>
     <w:rsid w:val="006E3802"/>
     <w:rsid w:val="006E6C02"/>
     <w:rsid w:val="006F0BEE"/>
@@ -7252,166 +9616,177 @@
     <w:rsid w:val="007177FC"/>
     <w:rsid w:val="00720C5E"/>
     <w:rsid w:val="00721701"/>
     <w:rsid w:val="00731835"/>
     <w:rsid w:val="007341F8"/>
     <w:rsid w:val="00734372"/>
     <w:rsid w:val="00734EB8"/>
     <w:rsid w:val="00735F8B"/>
     <w:rsid w:val="00742D1F"/>
     <w:rsid w:val="00743EBA"/>
     <w:rsid w:val="00744C8E"/>
     <w:rsid w:val="0074707E"/>
     <w:rsid w:val="007516DC"/>
     <w:rsid w:val="00753B23"/>
     <w:rsid w:val="00754B80"/>
     <w:rsid w:val="007603E0"/>
     <w:rsid w:val="00761918"/>
     <w:rsid w:val="00762F03"/>
     <w:rsid w:val="0076413B"/>
     <w:rsid w:val="007648AE"/>
     <w:rsid w:val="00764BF8"/>
     <w:rsid w:val="0076514D"/>
     <w:rsid w:val="00766C07"/>
     <w:rsid w:val="00767ED7"/>
     <w:rsid w:val="00773D59"/>
+    <w:rsid w:val="007759CC"/>
     <w:rsid w:val="00781003"/>
+    <w:rsid w:val="00782A08"/>
     <w:rsid w:val="007839F5"/>
     <w:rsid w:val="00790B81"/>
     <w:rsid w:val="007911FD"/>
     <w:rsid w:val="00793930"/>
     <w:rsid w:val="00793DD1"/>
     <w:rsid w:val="00794A60"/>
     <w:rsid w:val="00794FEC"/>
+    <w:rsid w:val="0079738F"/>
     <w:rsid w:val="007A003E"/>
     <w:rsid w:val="007A1965"/>
     <w:rsid w:val="007A2ED1"/>
     <w:rsid w:val="007A4BE6"/>
     <w:rsid w:val="007B0DC6"/>
     <w:rsid w:val="007B1094"/>
     <w:rsid w:val="007B1762"/>
     <w:rsid w:val="007B213A"/>
     <w:rsid w:val="007B3320"/>
     <w:rsid w:val="007C301F"/>
     <w:rsid w:val="007C4540"/>
     <w:rsid w:val="007C65AF"/>
     <w:rsid w:val="007D135D"/>
     <w:rsid w:val="007D699B"/>
     <w:rsid w:val="007D730F"/>
     <w:rsid w:val="007D7CD8"/>
     <w:rsid w:val="007E3AA7"/>
     <w:rsid w:val="007F737D"/>
+    <w:rsid w:val="007F78D8"/>
     <w:rsid w:val="008009AF"/>
     <w:rsid w:val="00802AAC"/>
     <w:rsid w:val="0080308E"/>
     <w:rsid w:val="00806705"/>
     <w:rsid w:val="00806738"/>
     <w:rsid w:val="008216D5"/>
     <w:rsid w:val="008249CE"/>
     <w:rsid w:val="00825246"/>
     <w:rsid w:val="00831A50"/>
     <w:rsid w:val="00831B3C"/>
     <w:rsid w:val="00831C89"/>
     <w:rsid w:val="00832114"/>
     <w:rsid w:val="0083257D"/>
     <w:rsid w:val="00834C46"/>
     <w:rsid w:val="0084093E"/>
     <w:rsid w:val="00841CE1"/>
     <w:rsid w:val="008431B0"/>
     <w:rsid w:val="008452FC"/>
     <w:rsid w:val="008473D8"/>
     <w:rsid w:val="008528DC"/>
     <w:rsid w:val="00852B8C"/>
     <w:rsid w:val="00854981"/>
     <w:rsid w:val="008568D7"/>
     <w:rsid w:val="00857F99"/>
     <w:rsid w:val="0086230B"/>
     <w:rsid w:val="00864B2E"/>
     <w:rsid w:val="00865963"/>
     <w:rsid w:val="008659A0"/>
+    <w:rsid w:val="0086656A"/>
     <w:rsid w:val="00867EFC"/>
     <w:rsid w:val="0087450E"/>
     <w:rsid w:val="00875A82"/>
     <w:rsid w:val="00876CA3"/>
+    <w:rsid w:val="00877200"/>
     <w:rsid w:val="008772FE"/>
     <w:rsid w:val="008775F1"/>
+    <w:rsid w:val="008779D0"/>
     <w:rsid w:val="008821AE"/>
     <w:rsid w:val="00883D3A"/>
     <w:rsid w:val="008854F7"/>
     <w:rsid w:val="00885A9D"/>
     <w:rsid w:val="008929D2"/>
     <w:rsid w:val="00893636"/>
     <w:rsid w:val="00893B94"/>
     <w:rsid w:val="00896E9D"/>
     <w:rsid w:val="00896F11"/>
     <w:rsid w:val="008A1049"/>
     <w:rsid w:val="008A1C98"/>
     <w:rsid w:val="008A322D"/>
     <w:rsid w:val="008A4D72"/>
     <w:rsid w:val="008A6285"/>
     <w:rsid w:val="008A63B2"/>
     <w:rsid w:val="008B345D"/>
     <w:rsid w:val="008C0AD5"/>
     <w:rsid w:val="008C1FC2"/>
     <w:rsid w:val="008C2980"/>
     <w:rsid w:val="008C5AFB"/>
     <w:rsid w:val="008D07FB"/>
     <w:rsid w:val="008D0C02"/>
     <w:rsid w:val="008D357D"/>
     <w:rsid w:val="008D7F2C"/>
     <w:rsid w:val="008E387B"/>
     <w:rsid w:val="008E6087"/>
     <w:rsid w:val="008E758D"/>
     <w:rsid w:val="008F0346"/>
     <w:rsid w:val="008F10A7"/>
+    <w:rsid w:val="008F4753"/>
     <w:rsid w:val="008F5736"/>
     <w:rsid w:val="008F755D"/>
     <w:rsid w:val="008F7A39"/>
     <w:rsid w:val="009021E8"/>
     <w:rsid w:val="00911440"/>
     <w:rsid w:val="00911712"/>
     <w:rsid w:val="00911B27"/>
     <w:rsid w:val="009170BE"/>
     <w:rsid w:val="0092002D"/>
     <w:rsid w:val="00920B55"/>
     <w:rsid w:val="009262C9"/>
     <w:rsid w:val="00930EB9"/>
     <w:rsid w:val="00933BC4"/>
     <w:rsid w:val="00933DC7"/>
     <w:rsid w:val="009418F4"/>
     <w:rsid w:val="00942BBC"/>
     <w:rsid w:val="00944180"/>
     <w:rsid w:val="00944240"/>
     <w:rsid w:val="00944AA0"/>
     <w:rsid w:val="00947DA2"/>
     <w:rsid w:val="00951177"/>
+    <w:rsid w:val="00957E55"/>
     <w:rsid w:val="00961E4B"/>
     <w:rsid w:val="009673E8"/>
+    <w:rsid w:val="00967E42"/>
     <w:rsid w:val="00974722"/>
     <w:rsid w:val="00974DB8"/>
     <w:rsid w:val="00980661"/>
     <w:rsid w:val="0098093B"/>
+    <w:rsid w:val="00984DB5"/>
     <w:rsid w:val="009876D4"/>
     <w:rsid w:val="009914A5"/>
     <w:rsid w:val="0099548E"/>
     <w:rsid w:val="00996456"/>
     <w:rsid w:val="009964B3"/>
     <w:rsid w:val="00996A12"/>
     <w:rsid w:val="00997B0F"/>
     <w:rsid w:val="009A1CAD"/>
     <w:rsid w:val="009A3440"/>
     <w:rsid w:val="009A56B2"/>
     <w:rsid w:val="009A5832"/>
     <w:rsid w:val="009A6838"/>
     <w:rsid w:val="009B24B5"/>
     <w:rsid w:val="009B4EBC"/>
     <w:rsid w:val="009B5ABB"/>
     <w:rsid w:val="009B73CE"/>
     <w:rsid w:val="009C2461"/>
     <w:rsid w:val="009C4933"/>
     <w:rsid w:val="009C6FE2"/>
     <w:rsid w:val="009C7674"/>
     <w:rsid w:val="009D004A"/>
     <w:rsid w:val="009D5880"/>
     <w:rsid w:val="009E0B61"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E51D1"/>
@@ -7448,345 +9823,358 @@
     <w:rsid w:val="00A6085E"/>
     <w:rsid w:val="00A63059"/>
     <w:rsid w:val="00A63AE3"/>
     <w:rsid w:val="00A651A4"/>
     <w:rsid w:val="00A657FF"/>
     <w:rsid w:val="00A71361"/>
     <w:rsid w:val="00A746E2"/>
     <w:rsid w:val="00A77948"/>
     <w:rsid w:val="00A81FF2"/>
     <w:rsid w:val="00A83904"/>
     <w:rsid w:val="00A90A79"/>
     <w:rsid w:val="00A96B30"/>
     <w:rsid w:val="00AA1D02"/>
     <w:rsid w:val="00AA59B5"/>
     <w:rsid w:val="00AA7777"/>
     <w:rsid w:val="00AA7B84"/>
     <w:rsid w:val="00AB72BA"/>
     <w:rsid w:val="00AC0B4C"/>
     <w:rsid w:val="00AC1164"/>
     <w:rsid w:val="00AC2296"/>
     <w:rsid w:val="00AC2754"/>
     <w:rsid w:val="00AC47E3"/>
     <w:rsid w:val="00AC48B0"/>
     <w:rsid w:val="00AC4ACD"/>
     <w:rsid w:val="00AC5DFB"/>
+    <w:rsid w:val="00AC6585"/>
     <w:rsid w:val="00AD13DC"/>
     <w:rsid w:val="00AD521E"/>
     <w:rsid w:val="00AD6DE2"/>
     <w:rsid w:val="00AE0A40"/>
     <w:rsid w:val="00AE1ED4"/>
     <w:rsid w:val="00AE21E1"/>
     <w:rsid w:val="00AE2212"/>
     <w:rsid w:val="00AE2F8D"/>
     <w:rsid w:val="00AE3BAE"/>
     <w:rsid w:val="00AE6A21"/>
+    <w:rsid w:val="00AF0ABB"/>
     <w:rsid w:val="00AF1C8F"/>
     <w:rsid w:val="00AF2B68"/>
     <w:rsid w:val="00AF2C92"/>
     <w:rsid w:val="00AF3EC1"/>
     <w:rsid w:val="00AF5025"/>
     <w:rsid w:val="00AF519F"/>
     <w:rsid w:val="00AF5387"/>
     <w:rsid w:val="00AF55F5"/>
+    <w:rsid w:val="00AF67A5"/>
     <w:rsid w:val="00AF7E86"/>
     <w:rsid w:val="00B024B9"/>
     <w:rsid w:val="00B077FA"/>
     <w:rsid w:val="00B124DB"/>
     <w:rsid w:val="00B127D7"/>
     <w:rsid w:val="00B13B0C"/>
     <w:rsid w:val="00B1453A"/>
     <w:rsid w:val="00B20F82"/>
     <w:rsid w:val="00B25726"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B34079"/>
     <w:rsid w:val="00B3793A"/>
     <w:rsid w:val="00B401BA"/>
     <w:rsid w:val="00B407E4"/>
     <w:rsid w:val="00B415A7"/>
     <w:rsid w:val="00B425B6"/>
     <w:rsid w:val="00B42A72"/>
     <w:rsid w:val="00B441AE"/>
     <w:rsid w:val="00B45F33"/>
     <w:rsid w:val="00B46D50"/>
     <w:rsid w:val="00B53170"/>
     <w:rsid w:val="00B531E8"/>
     <w:rsid w:val="00B56DDC"/>
     <w:rsid w:val="00B62999"/>
     <w:rsid w:val="00B63BE3"/>
     <w:rsid w:val="00B64885"/>
     <w:rsid w:val="00B66810"/>
     <w:rsid w:val="00B72BE3"/>
     <w:rsid w:val="00B73B80"/>
     <w:rsid w:val="00B770C7"/>
     <w:rsid w:val="00B80F26"/>
     <w:rsid w:val="00B822BD"/>
     <w:rsid w:val="00B842F4"/>
+    <w:rsid w:val="00B86DAA"/>
     <w:rsid w:val="00B87A25"/>
     <w:rsid w:val="00B91A7B"/>
     <w:rsid w:val="00B929DD"/>
     <w:rsid w:val="00B92A4B"/>
     <w:rsid w:val="00B94995"/>
     <w:rsid w:val="00B95405"/>
     <w:rsid w:val="00B963F1"/>
     <w:rsid w:val="00B97CD4"/>
     <w:rsid w:val="00BA020A"/>
     <w:rsid w:val="00BB02A4"/>
     <w:rsid w:val="00BB1270"/>
     <w:rsid w:val="00BB1E44"/>
     <w:rsid w:val="00BB5267"/>
     <w:rsid w:val="00BB52B8"/>
     <w:rsid w:val="00BB59D8"/>
     <w:rsid w:val="00BB7E69"/>
     <w:rsid w:val="00BC0F37"/>
     <w:rsid w:val="00BC3C1F"/>
     <w:rsid w:val="00BC46A6"/>
     <w:rsid w:val="00BC4F7B"/>
     <w:rsid w:val="00BC7CE7"/>
     <w:rsid w:val="00BD295E"/>
     <w:rsid w:val="00BD4164"/>
     <w:rsid w:val="00BD4664"/>
     <w:rsid w:val="00BE1193"/>
+    <w:rsid w:val="00BE2AE3"/>
     <w:rsid w:val="00BF4849"/>
     <w:rsid w:val="00BF4EA7"/>
     <w:rsid w:val="00C000C4"/>
     <w:rsid w:val="00C00EDB"/>
     <w:rsid w:val="00C02863"/>
     <w:rsid w:val="00C0383A"/>
     <w:rsid w:val="00C067FF"/>
     <w:rsid w:val="00C10DE0"/>
     <w:rsid w:val="00C12862"/>
     <w:rsid w:val="00C13D28"/>
     <w:rsid w:val="00C14585"/>
     <w:rsid w:val="00C165A0"/>
     <w:rsid w:val="00C216CE"/>
     <w:rsid w:val="00C2184F"/>
     <w:rsid w:val="00C22A78"/>
     <w:rsid w:val="00C23C7E"/>
     <w:rsid w:val="00C246C5"/>
     <w:rsid w:val="00C25A82"/>
     <w:rsid w:val="00C30A2A"/>
     <w:rsid w:val="00C33993"/>
     <w:rsid w:val="00C3577D"/>
     <w:rsid w:val="00C4069E"/>
     <w:rsid w:val="00C41ADC"/>
     <w:rsid w:val="00C44149"/>
     <w:rsid w:val="00C44410"/>
     <w:rsid w:val="00C44A15"/>
     <w:rsid w:val="00C4630A"/>
     <w:rsid w:val="00C518FF"/>
     <w:rsid w:val="00C523F0"/>
     <w:rsid w:val="00C526D2"/>
+    <w:rsid w:val="00C52FCD"/>
     <w:rsid w:val="00C5794E"/>
     <w:rsid w:val="00C60968"/>
     <w:rsid w:val="00C63D39"/>
     <w:rsid w:val="00C63EDD"/>
     <w:rsid w:val="00C65B36"/>
     <w:rsid w:val="00C71DD6"/>
     <w:rsid w:val="00C7292E"/>
     <w:rsid w:val="00C74E88"/>
     <w:rsid w:val="00C80924"/>
     <w:rsid w:val="00C8286B"/>
     <w:rsid w:val="00C845CA"/>
     <w:rsid w:val="00C947F8"/>
     <w:rsid w:val="00C9515F"/>
     <w:rsid w:val="00C963C5"/>
     <w:rsid w:val="00CA030C"/>
     <w:rsid w:val="00CA1F41"/>
     <w:rsid w:val="00CA2698"/>
     <w:rsid w:val="00CA32EE"/>
     <w:rsid w:val="00CA6A1A"/>
     <w:rsid w:val="00CC1E75"/>
     <w:rsid w:val="00CC2E0E"/>
     <w:rsid w:val="00CC361C"/>
     <w:rsid w:val="00CC474B"/>
     <w:rsid w:val="00CC658C"/>
     <w:rsid w:val="00CC67BF"/>
     <w:rsid w:val="00CD0843"/>
     <w:rsid w:val="00CD5A78"/>
     <w:rsid w:val="00CD6F59"/>
     <w:rsid w:val="00CD7345"/>
     <w:rsid w:val="00CE372E"/>
     <w:rsid w:val="00CF0A1B"/>
     <w:rsid w:val="00CF19F6"/>
     <w:rsid w:val="00CF1DAD"/>
     <w:rsid w:val="00CF2F4F"/>
     <w:rsid w:val="00CF536D"/>
     <w:rsid w:val="00D10CB8"/>
     <w:rsid w:val="00D12806"/>
     <w:rsid w:val="00D12D44"/>
     <w:rsid w:val="00D15018"/>
     <w:rsid w:val="00D158AC"/>
     <w:rsid w:val="00D1694C"/>
     <w:rsid w:val="00D17FA2"/>
     <w:rsid w:val="00D20F5E"/>
     <w:rsid w:val="00D23B76"/>
+    <w:rsid w:val="00D334F0"/>
     <w:rsid w:val="00D379A3"/>
     <w:rsid w:val="00D43272"/>
     <w:rsid w:val="00D45FF3"/>
     <w:rsid w:val="00D512CF"/>
     <w:rsid w:val="00D528B9"/>
     <w:rsid w:val="00D53186"/>
     <w:rsid w:val="00D5487D"/>
     <w:rsid w:val="00D60140"/>
     <w:rsid w:val="00D6024A"/>
     <w:rsid w:val="00D608B5"/>
     <w:rsid w:val="00D66E4B"/>
     <w:rsid w:val="00D70022"/>
     <w:rsid w:val="00D709E7"/>
     <w:rsid w:val="00D71F99"/>
+    <w:rsid w:val="00D737EC"/>
     <w:rsid w:val="00D73CA4"/>
     <w:rsid w:val="00D73D71"/>
     <w:rsid w:val="00D74396"/>
     <w:rsid w:val="00D80284"/>
     <w:rsid w:val="00D81F71"/>
     <w:rsid w:val="00D8642D"/>
     <w:rsid w:val="00D90A5E"/>
     <w:rsid w:val="00D91A68"/>
     <w:rsid w:val="00D95A68"/>
     <w:rsid w:val="00DA17C7"/>
     <w:rsid w:val="00DA6A9A"/>
     <w:rsid w:val="00DB1EFD"/>
     <w:rsid w:val="00DB3EAF"/>
     <w:rsid w:val="00DC01DA"/>
     <w:rsid w:val="00DC3203"/>
     <w:rsid w:val="00DC3C99"/>
+    <w:rsid w:val="00DC4932"/>
     <w:rsid w:val="00DC52F5"/>
     <w:rsid w:val="00DC5B61"/>
     <w:rsid w:val="00DC5FD0"/>
     <w:rsid w:val="00DD0354"/>
     <w:rsid w:val="00DD27D7"/>
     <w:rsid w:val="00DD4289"/>
     <w:rsid w:val="00DD458C"/>
     <w:rsid w:val="00DD72E9"/>
     <w:rsid w:val="00DD7605"/>
     <w:rsid w:val="00DE2020"/>
     <w:rsid w:val="00DE3476"/>
     <w:rsid w:val="00DF5B84"/>
     <w:rsid w:val="00DF6D5B"/>
     <w:rsid w:val="00DF771B"/>
     <w:rsid w:val="00DF7EE2"/>
     <w:rsid w:val="00E01BAA"/>
     <w:rsid w:val="00E0282A"/>
     <w:rsid w:val="00E07E14"/>
     <w:rsid w:val="00E14F94"/>
     <w:rsid w:val="00E17336"/>
     <w:rsid w:val="00E17D15"/>
     <w:rsid w:val="00E22B95"/>
     <w:rsid w:val="00E30331"/>
     <w:rsid w:val="00E30BB8"/>
     <w:rsid w:val="00E31F9C"/>
     <w:rsid w:val="00E40488"/>
+    <w:rsid w:val="00E43C10"/>
     <w:rsid w:val="00E50367"/>
     <w:rsid w:val="00E51ABA"/>
     <w:rsid w:val="00E524CB"/>
     <w:rsid w:val="00E65456"/>
     <w:rsid w:val="00E65A91"/>
     <w:rsid w:val="00E66188"/>
     <w:rsid w:val="00E664FB"/>
     <w:rsid w:val="00E70373"/>
     <w:rsid w:val="00E72E40"/>
     <w:rsid w:val="00E73665"/>
     <w:rsid w:val="00E73999"/>
     <w:rsid w:val="00E73BDC"/>
     <w:rsid w:val="00E73E9E"/>
     <w:rsid w:val="00E759E2"/>
     <w:rsid w:val="00E77DB9"/>
     <w:rsid w:val="00E81660"/>
     <w:rsid w:val="00E854FE"/>
     <w:rsid w:val="00E906CC"/>
     <w:rsid w:val="00E90B0A"/>
     <w:rsid w:val="00E939A0"/>
     <w:rsid w:val="00E97E4E"/>
     <w:rsid w:val="00EA0F5F"/>
     <w:rsid w:val="00EA1CC2"/>
     <w:rsid w:val="00EA2D76"/>
     <w:rsid w:val="00EA4644"/>
     <w:rsid w:val="00EA7448"/>
     <w:rsid w:val="00EA758A"/>
     <w:rsid w:val="00EB199F"/>
     <w:rsid w:val="00EB27C4"/>
+    <w:rsid w:val="00EB37D6"/>
     <w:rsid w:val="00EB5387"/>
     <w:rsid w:val="00EB5C10"/>
     <w:rsid w:val="00EB7322"/>
     <w:rsid w:val="00EC0FE9"/>
     <w:rsid w:val="00EC426D"/>
     <w:rsid w:val="00EC571B"/>
     <w:rsid w:val="00EC57D7"/>
     <w:rsid w:val="00EC6385"/>
     <w:rsid w:val="00ED1DE9"/>
     <w:rsid w:val="00ED23D4"/>
     <w:rsid w:val="00ED5E0B"/>
     <w:rsid w:val="00EE37B6"/>
     <w:rsid w:val="00EF0F45"/>
     <w:rsid w:val="00EF7463"/>
     <w:rsid w:val="00F002EF"/>
     <w:rsid w:val="00F01EE9"/>
     <w:rsid w:val="00F02F94"/>
     <w:rsid w:val="00F04900"/>
     <w:rsid w:val="00F065A4"/>
     <w:rsid w:val="00F126B9"/>
     <w:rsid w:val="00F12715"/>
     <w:rsid w:val="00F144D5"/>
     <w:rsid w:val="00F146F0"/>
     <w:rsid w:val="00F15039"/>
     <w:rsid w:val="00F20FF3"/>
     <w:rsid w:val="00F2190B"/>
     <w:rsid w:val="00F228B5"/>
     <w:rsid w:val="00F2389C"/>
     <w:rsid w:val="00F25C67"/>
+    <w:rsid w:val="00F26CD0"/>
     <w:rsid w:val="00F30DFF"/>
     <w:rsid w:val="00F32B80"/>
     <w:rsid w:val="00F340EB"/>
     <w:rsid w:val="00F35285"/>
     <w:rsid w:val="00F35B86"/>
     <w:rsid w:val="00F43B9D"/>
     <w:rsid w:val="00F447F4"/>
     <w:rsid w:val="00F44D5E"/>
     <w:rsid w:val="00F53A35"/>
     <w:rsid w:val="00F55A3D"/>
     <w:rsid w:val="00F5744B"/>
     <w:rsid w:val="00F61209"/>
     <w:rsid w:val="00F6259E"/>
     <w:rsid w:val="00F65DD4"/>
     <w:rsid w:val="00F672B2"/>
     <w:rsid w:val="00F83973"/>
     <w:rsid w:val="00F85D17"/>
     <w:rsid w:val="00F87FA3"/>
     <w:rsid w:val="00F90DF6"/>
     <w:rsid w:val="00F9329A"/>
     <w:rsid w:val="00F93D8C"/>
     <w:rsid w:val="00FA0033"/>
     <w:rsid w:val="00FA3102"/>
     <w:rsid w:val="00FA48D4"/>
     <w:rsid w:val="00FA54FA"/>
     <w:rsid w:val="00FB227E"/>
     <w:rsid w:val="00FB3D61"/>
     <w:rsid w:val="00FB44CE"/>
     <w:rsid w:val="00FB5009"/>
     <w:rsid w:val="00FB76AB"/>
     <w:rsid w:val="00FC646C"/>
+    <w:rsid w:val="00FC7E7A"/>
     <w:rsid w:val="00FD03FE"/>
     <w:rsid w:val="00FD126E"/>
     <w:rsid w:val="00FD3C36"/>
     <w:rsid w:val="00FD4D81"/>
     <w:rsid w:val="00FD4FEC"/>
     <w:rsid w:val="00FD66F7"/>
     <w:rsid w:val="00FD7498"/>
     <w:rsid w:val="00FD7FB3"/>
     <w:rsid w:val="00FE1C04"/>
     <w:rsid w:val="00FE4713"/>
     <w:rsid w:val="00FE764C"/>
     <w:rsid w:val="00FF1F44"/>
     <w:rsid w:val="00FF225E"/>
     <w:rsid w:val="00FF672C"/>
     <w:rsid w:val="00FF6CE8"/>
     <w:rsid w:val="033A60B4"/>
     <w:rsid w:val="03DD2019"/>
     <w:rsid w:val="0FBD2DB3"/>
     <w:rsid w:val="2154F10E"/>
     <w:rsid w:val="227961C2"/>
     <w:rsid w:val="2CBB1A03"/>
     <w:rsid w:val="2E59BEE0"/>
     <w:rsid w:val="33875375"/>
     <w:rsid w:val="37260638"/>
     <w:rsid w:val="51F50623"/>
@@ -8384,56 +10772,59 @@
     <w:name w:val="BDI Displayed quotation - Cita desplegada"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D70022"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1077"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1797"/>
         <w:tab w:val="left" w:pos="2155"/>
         <w:tab w:val="left" w:pos="2512"/>
       </w:tabs>
       <w:spacing w:line="480" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDINumberedlist-Listanumerada">
     <w:name w:val="BDI Numbered list - Lista numerada"/>
     <w:basedOn w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:next w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:qFormat/>
-    <w:rsid w:val="00D70022"/>
+    <w:rsid w:val="006135CD"/>
     <w:pPr>
       <w:widowControl/>
       <w:numPr>
-        <w:numId w:val="24"/>
+        <w:numId w:val="38"/>
       </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="284"/>
+      </w:tabs>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Displayedequation">
     <w:name w:val="Displayed equation"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="BDIFirstParagraph-Primerprrafo"/>
     <w:qFormat/>
     <w:rsid w:val="00EF0F45"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4253"/>
         <w:tab w:val="right" w:pos="8222"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDITabletitle-Ttulodetabla">
     <w:name w:val="BDI Table title - Título de tabla"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00AE2212"/>
     <w:pPr>
@@ -9044,64 +11435,65 @@
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIArticletitle-Ttulodelartculo">
     <w:name w:val="BDI Article title - Título del artículo"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0086230B"/>
     <w:pPr>
       <w:snapToGrid w:val="0"/>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDISubtitle1-Subttulo1">
     <w:name w:val="BDI Subtitle 1 - Subtítulo 1"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D70022"/>
+    <w:rsid w:val="004C26C3"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="360" w:after="60" w:line="480" w:lineRule="auto"/>
       <w:ind w:right="567"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:szCs w:val="32"/>
+      <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablanormal2">
     <w:name w:val="Plain Table 2"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:rsid w:val="008431B0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:tcBorders>
       </w:tcPr>
@@ -9443,68 +11835,188 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDITable-Tabla">
     <w:name w:val="BDI Table - Tabla"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006C1594"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDIFigure-Figura">
     <w:name w:val="BDI Figure - Figura"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001D7090"/>
     <w:pPr>
       <w:spacing w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDINumeredlist-Listanumerada2">
+    <w:name w:val="BDI Numered list - Lista numerada 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006135CD"/>
+    <w:pPr>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="709" w:hanging="425"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="909926053">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1335306936">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1803157816">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="126819990">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1683823731">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1725250853">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="779645899">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="250629116">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1021782783">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:////Users/ursulabravo/Downloads/TF_Template_Word_Mac_2011.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -9785,80 +12297,80 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C4F5EDE-D402-B94D-9594-20D6B10A9B70}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>TF_Template_Word_Mac_2011.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2344</Words>
-  <Characters>12895</Characters>
+  <Words>2396</Words>
+  <Characters>13183</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>107</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>TF_Template_Word_Mac_2011</vt:lpstr>
       <vt:lpstr>TF_Template_Word_Mac_2011</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15209</CharactersWithSpaces>
+  <CharactersWithSpaces>15548</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TF_Template_Word_Mac_2011</dc:title>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
-  <cp:keywords/>
+  <cp:keywords>, docId:EFAB9CCEAC3665CF871D88748212015F</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>